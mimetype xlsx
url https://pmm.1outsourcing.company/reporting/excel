--- v0 (2025-12-06)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="247">
   <si>
     <t>KPI Year</t>
   </si>
   <si>
     <t>KPI Title</t>
   </si>
   <si>
     <t>Disaggregation</t>
   </si>
   <si>
     <t>Disaggregation Type</t>
   </si>
   <si>
     <t>Disclosure Policy</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Blank by Choice Reason</t>
   </si>
   <si>
     <t>WCO Member</t>
   </si>
   <si>
@@ -233,357 +233,570 @@
   <si>
     <t>The  Economic Commission for Latin America and the Caribbean (ECLAC) | The Asia-Pacific Economic Cooperation (APEC)</t>
   </si>
   <si>
     <t>Availability of performance report</t>
   </si>
   <si>
     <t>The database does not provide this level of details</t>
   </si>
   <si>
     <t>Organizational   Development</t>
   </si>
   <si>
     <t>Advanced level of accountability</t>
   </si>
   <si>
     <t>Level of availability of performance reports</t>
   </si>
   <si>
     <t>Revised Arusha Declaration on Integrity and Good Governance in Customs (RAD) | International Convention on the Simplification and Harmonization of Customs Procedures – as amended (Revised Kyoto Convention) | Single Window Compendium</t>
   </si>
   <si>
     <t>Immediate release rate of e-commerce shipments</t>
   </si>
   <si>
+    <t>Iso2025</t>
+  </si>
+  <si>
+    <t>SDG 2. Zero hunger</t>
+  </si>
+  <si>
+    <t>International Survey of Customs Administrations (ISOCA)</t>
+  </si>
+  <si>
     <t>Direction of trade(I/E)_Public</t>
   </si>
   <si>
     <t>Import</t>
   </si>
   <si>
+    <t>Variation in the number of alcohol seizures</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Asia / Pacific</t>
+  </si>
+  <si>
+    <t>Increased effectiveness in combatting illicit trade in excisable products (tobacco, alcohol, petroleum and oil...)</t>
+  </si>
+  <si>
+    <t>8/9</t>
+  </si>
+  <si>
+    <t>SDG 3. Good health and well-being</t>
+  </si>
+  <si>
+    <t>Customs Laboratory Guide | Global Travel Assessment System (GTAS) | Container Control Programme | Guidelines for Post-Clearance Audit (PCA) | Cargo Targeting System (CTS) | Compendium of Customs Operational Practices for Enforcement and Seizures  (COPES) | National Customs Enforcement Network (nCEN) | CENcomm Closed User Group: TobaccoNET | Customs Risk Management Compendium | International Convention on the Simplification and Harmonization of Customs Procedures – as amended (Revised Kyoto Convention)</t>
+  </si>
+  <si>
+    <t>The Asia-Pacific Economic Cooperation (APEC)</t>
+  </si>
+  <si>
+    <t>sea</t>
+  </si>
+  <si>
+    <t>Aland Islands</t>
+  </si>
+  <si>
+    <t>Europe</t>
+  </si>
+  <si>
+    <t>Export</t>
+  </si>
+  <si>
+    <t>Physical release time to export from the arrival of goods at places under Customs supervision</t>
+  </si>
+  <si>
+    <t>9/9</t>
+  </si>
+  <si>
+    <t>Customs responsibility</t>
+  </si>
+  <si>
+    <t>Customs</t>
+  </si>
+  <si>
+    <t>8/8</t>
+  </si>
+  <si>
+    <t>Data standardization</t>
+  </si>
+  <si>
+    <t>Rate of electronic declarations</t>
+  </si>
+  <si>
+    <t>Sahak Test</t>
+  </si>
+  <si>
+    <t>199,990,200.5</t>
+  </si>
+  <si>
+    <t>6/6</t>
+  </si>
+  <si>
+    <t>Guide to Implementing Competency-Based HRM in a Customs Administration Environment</t>
+  </si>
+  <si>
+    <t>Direction of trade(I/E/T)_Public</t>
+  </si>
+  <si>
+    <t>Transit</t>
+  </si>
+  <si>
+    <t>Yes/no values</t>
+  </si>
+  <si>
+    <t>A-</t>
+  </si>
+  <si>
+    <t>B-</t>
+  </si>
+  <si>
+    <t>C-</t>
+  </si>
+  <si>
+    <t>Post-clearance control performance</t>
+  </si>
+  <si>
+    <t>Revenue Collection</t>
+  </si>
+  <si>
+    <t>Fairer revenue collection</t>
+  </si>
+  <si>
+    <t>SDG 16. Peace, justice and strong institutions | SDG 17 . Partnership for the goals</t>
+  </si>
+  <si>
+    <t>Guidelines on Customs Infrastructure  for Tariff Classification, Valuation | International Convention on the Simplification and Harmonization of Customs Procedures – as amended (Revised Kyoto Convention) | Framework of Standards on cross-border e-commerce</t>
+  </si>
+  <si>
+    <t>Maturity of the strategic planning process</t>
+  </si>
+  <si>
+    <t>More accurate budget-based strategic planning</t>
+  </si>
+  <si>
+    <t>Level of Strategic planning Maturity</t>
+  </si>
+  <si>
+    <t>Capacity Building Development Compendium (CBD Comp.) | International Survey of Customs Administrations (ISOCA)</t>
+  </si>
+  <si>
+    <t>D-</t>
+  </si>
+  <si>
+    <t>E-</t>
+  </si>
+  <si>
+    <t>F-</t>
+  </si>
+  <si>
+    <t>G-</t>
+  </si>
+  <si>
+    <t>H-</t>
+  </si>
+  <si>
+    <t>Maturity of anti-corruption and integrity preventive measures</t>
+  </si>
+  <si>
+    <t>Advanced level of integrity</t>
+  </si>
+  <si>
+    <t>Level of  maturity of preventive measures</t>
+  </si>
+  <si>
+    <t>Guide to Implementing Competency-Based HRM in a Customs Administration Environment | Executive and Professional Competency-Based Human Resource Management Programme (EPCB-HRMP) | Click and  E-Learning Platform | Revised Arusha Declaration on Integrity and Good Governance in Customs (RAD) | WCO Model Code of Ethics and Conduct | Customs Risk Management Compendium | International Convention on the Simplification and Harmonization of Customs Procedures – as amended (Revised Kyoto Convention) | Single Window Compendium | WCO Data Model | Globally Networked Customs handbook  (GNC)</t>
+  </si>
+  <si>
+    <t>Service commitment</t>
+  </si>
+  <si>
+    <t>Service delivery</t>
+  </si>
+  <si>
+    <t>Share of e-commerce shipments</t>
+  </si>
+  <si>
+    <t>More efficiency of clearance and delivery in e-commerce</t>
+  </si>
+  <si>
+    <t>SDG 8. Decent work and economic growth | SDG 9. Industry, innovation and infrustructure | SDG 12. Responsible consumption and production</t>
+  </si>
+  <si>
+    <t>International Convention on the Simplification and Harmonization of Customs Procedures – as amended (Revised Kyoto Convention) | Framework of Standards on cross-border e-commerce | SAFE Framework of Standards to Secure and Facilitate Global Trade | Single Window Compendium | Time Release Study | Globally Networked Customs handbook  (GNC)</t>
+  </si>
+  <si>
+    <t>Average clearance time of low-risk cross-border e-commerce shipments</t>
+  </si>
+  <si>
+    <t>The ratio of binding rulings on classification to import declarations</t>
+  </si>
+  <si>
+    <t>Increased compliance with classification rules</t>
+  </si>
+  <si>
+    <t>Most updated HS Nomenclature (2022, 2017, etc.)* | HS Explanatory Notes | Compendium of Classification Opinions | International Convention on the Simplification and Harmonization of Customs Procedures – as amended (Revised Kyoto Convention)</t>
+  </si>
+  <si>
+    <t>Percentage change  of fines administered</t>
+  </si>
+  <si>
+    <t>Increased voluntary revenue compliance</t>
+  </si>
+  <si>
+    <t>Technical Guidelines on Advance Rulings for Classification, Origin and Valuation | Guidelines for Post-Clearance Audit (PCA) | Customs Risk Management Compendium | International Convention on the Simplification and Harmonization of Customs Procedures – as amended (Revised Kyoto Convention) | Framework of Standards on cross-border e-commerce | SAFE Framework of Standards to Secure and Facilitate Global Trade</t>
+  </si>
+  <si>
+    <t>Percentage of importers paying interest</t>
+  </si>
+  <si>
+    <t>Effectiveness of post-clearance controls</t>
+  </si>
+  <si>
+    <t>Findings per PCA</t>
+  </si>
+  <si>
+    <t>Annual variation in requests for information</t>
+  </si>
+  <si>
+    <t>Andy test</t>
+  </si>
+  <si>
+    <t>24/24</t>
+  </si>
+  <si>
+    <t>Executive and Professional Competency-Based Human Resource Management Programme (EPCB-HRMP)</t>
+  </si>
+  <si>
+    <t>Types of information channel</t>
+  </si>
+  <si>
+    <t>e-mails</t>
+  </si>
+  <si>
+    <t>NaN</t>
+  </si>
+  <si>
+    <t>phone calls</t>
+  </si>
+  <si>
+    <t>webpage</t>
+  </si>
+  <si>
+    <t>Information portal</t>
+  </si>
+  <si>
+    <t>social media</t>
+  </si>
+  <si>
+    <t>customer information management system</t>
+  </si>
+  <si>
+    <t>live chat</t>
+  </si>
+  <si>
+    <t>In-person visits</t>
+  </si>
+  <si>
+    <t>Rate of access to training</t>
+  </si>
+  <si>
+    <t>More competent and engaged staff</t>
+  </si>
+  <si>
+    <t>Proportion of trained employees</t>
+  </si>
+  <si>
+    <t>SDG 5. Gender equality | SDG 8. Decent work and economic growth</t>
+  </si>
+  <si>
+    <t>Guide to Implementing Competency-Based HRM in a Customs Administration Environment | Executive and Professional Competency-Based Human Resource Management Programme (EPCB-HRMP) | Click and  E-Learning Platform</t>
+  </si>
+  <si>
+    <t>Gender</t>
+  </si>
+  <si>
+    <t>Man</t>
+  </si>
+  <si>
+    <t>Woman</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>Job grade_Public</t>
+  </si>
+  <si>
+    <t>Middle management positions (Manager, Senior Manager, Senior Supervisors, team leaders and similar positions)</t>
+  </si>
+  <si>
+    <t>Officer level (Operational staff, frontline offices and similar positions)</t>
+  </si>
+  <si>
+    <t>Senior management positions (Commissioner, Commissioner General, Director General, Assistant Director General, Director, General Manager and similar positions</t>
+  </si>
+  <si>
+    <t>10/10</t>
+  </si>
+  <si>
+    <t>Detection source</t>
+  </si>
+  <si>
+    <t>Internal</t>
+  </si>
+  <si>
+    <t>14,979.31056</t>
+  </si>
+  <si>
+    <t>Variation in the number of cigarettes seizures</t>
+  </si>
+  <si>
+    <t>Variation in the number of seizures of financial instruments</t>
+  </si>
+  <si>
+    <t>Variation in the number of seizures of illicitly trafficked cultural goods</t>
+  </si>
+  <si>
+    <t>Increased effectiveness  in combatting illicit trafficking of cultural heritage</t>
+  </si>
+  <si>
+    <t>SDG 11. Sustainable cities and communities</t>
+  </si>
+  <si>
+    <t>Global Travel Assessment System (GTAS) | Container Control Programme | Cargo Targeting System (CTS) | Compendium of Customs Operational Practices for Enforcement and Seizures  (COPES) | National Customs Enforcement Network (nCEN) | CENcomm Closed User Group: ARCHEO | WCO Handbook on Prevention of Illicit Trafficking of Cultural Heritage (PITCH) | Resolution of the Customs Co-Operation Council on the Role of Customs in Preventing Illicit Trafficking of Cultural Objects (July 2016) | Customs Risk Management Compendium | International Convention on the Simplification and Harmonization of Customs Procedures – as amended (Revised Kyoto Convention) | Framework of Standards on cross-border e-commerce | Single Window Compendium</t>
+  </si>
+  <si>
+    <t>Variation in the number of IPR seizures</t>
+  </si>
+  <si>
+    <t>Increased effectiveness  in the fight against counterfeit goods and piracy, including sustainability in disposal of seized goods</t>
+  </si>
+  <si>
+    <t>Global Travel Assessment System (GTAS) | Container Control Programme | Cargo Targeting System (CTS) | Compendium of Customs Operational Practices for Enforcement and Seizures  (COPES) | National Customs Enforcement Network (nCEN) | CENcomm Closed User Group: IPR | Customs Risk Management Compendium | International Convention on the Simplification and Harmonization of Customs Procedures – as amended (Revised Kyoto Convention) | Framework of Standards on cross-border e-commerce | Single Window Compendium</t>
+  </si>
+  <si>
+    <t>Variation in the number of drugs seizures</t>
+  </si>
+  <si>
+    <t>Increased effectiveness  in combatting drugs trafficking</t>
+  </si>
+  <si>
+    <t>Global Travel Assessment System (GTAS) | Container Control Programme | Cargo Targeting System (CTS) | Compendium of Customs Operational Practices for Enforcement and Seizures  (COPES) | National Customs Enforcement Network (nCEN) | CENcomm Closed User Group: AIRCOP | Recommendation of the Customs Co-Operation Council on the Development of Co-ordinated Enforcement and Intelligence Operations _Illicit Drugs (13 June 1985) | Customs - Police Cooperation Handbook | Customs Risk Management Compendium | International Convention on the Simplification and Harmonization of Customs Procedures – as amended (Revised Kyoto Convention) | Framework of Standards on cross-border e-commerce</t>
+  </si>
+  <si>
+    <t>Variation in the number of seizures of environmentally sensitive goods</t>
+  </si>
+  <si>
+    <t>Increased effectiveness  in the fight against environmental threats</t>
+  </si>
+  <si>
+    <t>SDG 1. No poverty | SDG 3. Good health and well-being | SDG 12. Responsible consumption and production | SDG 13. Climate  action | SDG 14. Life below water | SDG 15. Life on land</t>
+  </si>
+  <si>
+    <t>Recommendations related to the HS (Kigali_CWC) | Container Control Programme | Compendium of Customs Operational Practices for Enforcement and Seizures  (COPES) | National Customs Enforcement Network (nCEN) | CENcomm Closed User Group: ENVIRONET | Recommendation of the Customs Co-Operation Council concerning Actions Against Cross-Border Environmental Offences (28 June 2008) | Customs Risk Management Compendium | Single Window Compendium</t>
+  </si>
+  <si>
+    <t>Variation in the number of seizures of firearms, essential components, ammunition and explosives</t>
+  </si>
+  <si>
+    <t>Increased public security _proliferation of weapons and materials of mass destruction, trafficking of small arms _explosives,_ illicit dual use goods</t>
+  </si>
+  <si>
+    <t>Global Travel Assessment System (GTAS) | STCE Implementation Guide | Container Control Programme | Cargo Targeting System (CTS) | Compendium of Customs Operational Practices for Enforcement and Seizures  (COPES) | (Punta Cana Resolution) Resolution of the WCO Policy Commission on the role of Customs in the security context | National Customs Enforcement Network (nCEN) | CENcomm Closed User Group: Global Shield | PGS Pocket Guide | Customs Risk Management Compendium | SAFE Framework of Standards to Secure and Facilitate Global Trade</t>
+  </si>
+  <si>
+    <t>The database has not been set up yet, but I am now planning to build one</t>
+  </si>
+  <si>
+    <t>Albania</t>
+  </si>
+  <si>
+    <t>All Others | UPPER-MIDDLE-INCOME ECONOMIES</t>
+  </si>
+  <si>
     <t>Variation in the number of AEOs (edited)</t>
   </si>
   <si>
-    <t>Andy test</t>
+    <t>2,533</t>
   </si>
   <si>
     <t>Percentage variation</t>
   </si>
   <si>
-    <t>16/19</t>
-[...47 lines deleted...]
-    <t>Post-clearance control performance</t>
+    <t>0/4</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>Revenue Collection</t>
-[...4 lines deleted...]
-  <si>
     <t>4/5</t>
   </si>
   <si>
-    <t>SDG 16. Peace, justice and strong institutions | SDG 17 . Partnership for the goals</t>
-[...4 lines deleted...]
-  <si>
     <t>Belgium</t>
   </si>
   <si>
-    <t>8/8</t>
-[...1 lines deleted...]
-  <si>
     <t>The European Union (EU)</t>
   </si>
   <si>
-    <t>Effectiveness of post-clearance controls</t>
-[...16 lines deleted...]
-  <si>
     <t>Armenia</t>
   </si>
   <si>
-    <t>More competent and engaged staff</t>
-[...10 lines deleted...]
-  <si>
     <t>Landlocked | UPPER-MIDDLE-INCOME ECONOMIES</t>
   </si>
   <si>
     <t>The Eurasian Economic Union (EAEU)</t>
   </si>
   <si>
-    <t>Gender</t>
-[...59 lines deleted...]
-    <t>H-</t>
+    <t>Ecuador</t>
+  </si>
+  <si>
+    <t>The  Economic Commission for Latin America and the Caribbean (ECLAC)</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
-    <t>Detection source</t>
-[...4 lines deleted...]
-  <si>
     <t>external</t>
   </si>
   <si>
     <t>Bolivia</t>
   </si>
   <si>
     <t>Landlocked | LOWER-MIDDLE INCOME ECONOMIES</t>
   </si>
   <si>
-    <t>The  Economic Commission for Latin America and the Caribbean (ECLAC)</t>
-[...1 lines deleted...]
-  <si>
     <t>4/6</t>
   </si>
   <si>
     <t>PCA/other post-clearance controls</t>
   </si>
   <si>
     <t>PCA</t>
   </si>
   <si>
     <t>Private sector engagement</t>
   </si>
   <si>
+    <t>Democratic Republic of the Congo</t>
+  </si>
+  <si>
+    <t>West / Central Africa</t>
+  </si>
+  <si>
     <t>Increased trust in the relationship with trade</t>
   </si>
   <si>
     <t>Level   of engagement</t>
   </si>
   <si>
     <t>Gender Equality Organizational Assessment Tool (GEOAT) | Guidelines for Post-Clearance Audit (PCA) | International Convention on the Simplification and Harmonization of Customs Procedures – as amended (Revised Kyoto Convention) | Framework of Standards on cross-border e-commerce | SAFE Framework of Standards to Secure and Facilitate Global Trade | Single Window Compendium | WCO Data Model | API Guidelines &amp; PNR Reporting Standards | Time Release Study</t>
   </si>
   <si>
+    <t>All Others | LOW-INCOME ECONOMIES</t>
+  </si>
+  <si>
+    <t>The East African Community (EAC) | The Southern African Development Community (SADC)</t>
+  </si>
+  <si>
+    <t>Zambia</t>
+  </si>
+  <si>
     <t>0/1</t>
   </si>
   <si>
-    <t>Export</t>
+    <t>The Southern African Development Community (SADC)</t>
+  </si>
+  <si>
+    <t>Yemen</t>
+  </si>
+  <si>
+    <t>0/5</t>
+  </si>
+  <si>
+    <t>Vanuatu</t>
+  </si>
+  <si>
+    <t>1,007.69</t>
+  </si>
+  <si>
+    <t>Island | LOWER-MIDDLE INCOME ECONOMIES</t>
+  </si>
+  <si>
+    <t>Venezuela</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>1,392.59</t>
+  </si>
+  <si>
+    <t>The Southern Common Market (Mercosur) | The  Economic Commission for Latin America and the Caribbean (ECLAC)</t>
+  </si>
+  <si>
+    <t>United States</t>
+  </si>
+  <si>
+    <t>0/7</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>The  Economic Commission for Latin America and the Caribbean (ECLAC) | The European Union (EU)</t>
+  </si>
+  <si>
+    <t>14/14</t>
+  </si>
+  <si>
+    <t>Other government agencies</t>
   </si>
   <si>
     <t>56/59</t>
   </si>
   <si>
-    <t>Types of information channel</t>
-[...13 lines deleted...]
-  <si>
     <t>Passengers</t>
   </si>
   <si>
-    <t>9/9</t>
-[...10 lines deleted...]
-  <si>
     <t>4/8</t>
   </si>
   <si>
     <t>0/3</t>
   </si>
   <si>
-    <t>0/4</t>
-[...4 lines deleted...]
-  <si>
     <t>Anguilla</t>
   </si>
   <si>
-    <t>Island | LOWER-MIDDLE INCOME ECONOMIES</t>
-[...14 lines deleted...]
-    <t>International Convention on the Simplification and Harmonization of Customs Procedures – as amended (Revised Kyoto Convention) | Framework of Standards on cross-border e-commerce | SAFE Framework of Standards to Secure and Facilitate Global Trade | Single Window Compendium | Time Release Study | Globally Networked Customs handbook  (GNC)</t>
+    <t>Argentina</t>
+  </si>
+  <si>
+    <t>Andorra</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -887,51 +1100,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R76"/>
+  <dimension ref="A1:R180"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:18">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1545,3312 +1758,8155 @@
       <c r="A13">
         <v>2022</v>
       </c>
       <c r="B13" t="s">
         <v>72</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>18</v>
       </c>
       <c r="F13" t="s">
         <v>33</v>
       </c>
       <c r="H13" t="s">
         <v>21</v>
       </c>
       <c r="I13" t="s">
         <v>22</v>
       </c>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="L13">
         <v>60</v>
       </c>
       <c r="M13" t="s">
         <v>41</v>
       </c>
       <c r="N13" t="s">
         <v>42</v>
       </c>
       <c r="O13" t="s">
-        <v>28</v>
+        <v>74</v>
       </c>
       <c r="P13" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="Q13" t="s">
         <v>30</v>
       </c>
       <c r="R13" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14">
         <v>2022</v>
       </c>
       <c r="B14" t="s">
         <v>72</v>
       </c>
       <c r="C14" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="D14" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="E14" t="s">
         <v>18</v>
       </c>
       <c r="F14" t="s">
         <v>33</v>
       </c>
       <c r="H14" t="s">
         <v>21</v>
       </c>
       <c r="I14" t="s">
         <v>22</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
-        <v>24</v>
+        <v>73</v>
       </c>
       <c r="L14">
         <v>5.66</v>
       </c>
       <c r="M14" t="s">
         <v>41</v>
       </c>
       <c r="N14" t="s">
         <v>42</v>
       </c>
       <c r="O14" t="s">
-        <v>28</v>
+        <v>74</v>
       </c>
       <c r="P14" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
       <c r="Q14" t="s">
         <v>30</v>
       </c>
       <c r="R14" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15">
         <v>2022</v>
       </c>
       <c r="B15" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>18</v>
       </c>
       <c r="F15" t="s">
         <v>33</v>
       </c>
       <c r="H15" t="s">
-        <v>38</v>
+        <v>79</v>
       </c>
       <c r="I15" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="J15" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="K15" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="L15">
-        <v>0</v>
+        <v>0.3</v>
       </c>
       <c r="M15" t="s">
-        <v>77</v>
+        <v>48</v>
       </c>
       <c r="N15" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="O15" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="P15" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="Q15" t="s">
-        <v>30</v>
+        <v>64</v>
+      </c>
+      <c r="R15" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="A16">
         <v>2022</v>
       </c>
       <c r="B16" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
+        <v>35</v>
+      </c>
+      <c r="D16" t="s">
+        <v>36</v>
       </c>
       <c r="E16" t="s">
         <v>18</v>
       </c>
       <c r="F16" t="s">
         <v>33</v>
       </c>
       <c r="H16" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="I16" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="J16" t="s">
         <v>46</v>
       </c>
       <c r="K16" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="L16">
-        <v>0.3</v>
+        <v>12.37</v>
       </c>
       <c r="M16" t="s">
         <v>48</v>
       </c>
       <c r="N16" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="O16" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="P16" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="Q16" t="s">
         <v>64</v>
       </c>
       <c r="R16" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17">
         <v>2022</v>
       </c>
       <c r="B17" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C17" t="s">
         <v>35</v>
       </c>
       <c r="D17" t="s">
-        <v>36</v>
+        <v>86</v>
       </c>
       <c r="E17" t="s">
         <v>18</v>
       </c>
       <c r="F17" t="s">
         <v>33</v>
       </c>
       <c r="H17" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="I17" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="J17" t="s">
         <v>46</v>
       </c>
       <c r="K17" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="L17">
-        <v>12.37</v>
+        <v>0.29</v>
       </c>
       <c r="M17" t="s">
         <v>48</v>
       </c>
       <c r="N17" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="O17" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="P17" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="Q17" t="s">
         <v>64</v>
       </c>
       <c r="R17" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18">
         <v>2022</v>
       </c>
       <c r="B18" t="s">
-        <v>81</v>
+        <v>37</v>
       </c>
       <c r="C18" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>18</v>
       </c>
       <c r="F18" t="s">
         <v>33</v>
       </c>
       <c r="H18" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="I18" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="J18" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="K18" t="s">
-        <v>84</v>
+        <v>40</v>
       </c>
       <c r="L18">
-        <v>0.29</v>
+        <v>0</v>
       </c>
       <c r="M18" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="N18" t="s">
-        <v>85</v>
+        <v>42</v>
       </c>
       <c r="O18" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="P18" t="s">
-        <v>86</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="A19">
         <v>2022</v>
       </c>
       <c r="B19" t="s">
-        <v>89</v>
+        <v>37</v>
       </c>
       <c r="C19" t="s">
-        <v>11</v>
+        <v>76</v>
+      </c>
+      <c r="D19" t="s">
+        <v>77</v>
       </c>
       <c r="E19" t="s">
         <v>18</v>
       </c>
       <c r="F19" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>33</v>
       </c>
       <c r="H19" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I19" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J19" t="s">
         <v>23</v>
       </c>
       <c r="K19" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>40</v>
+      </c>
+      <c r="L19">
+        <v>1</v>
       </c>
       <c r="M19" t="s">
         <v>41</v>
       </c>
       <c r="N19" t="s">
-        <v>27</v>
+        <v>42</v>
       </c>
       <c r="O19" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="P19" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="A20">
         <v>2022</v>
       </c>
       <c r="B20" t="s">
-        <v>94</v>
+        <v>37</v>
       </c>
       <c r="C20" t="s">
-        <v>11</v>
+        <v>76</v>
+      </c>
+      <c r="D20" t="s">
+        <v>89</v>
       </c>
       <c r="E20" t="s">
         <v>18</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>33</v>
       </c>
       <c r="H20" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="I20" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="J20" t="s">
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="K20" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>40</v>
+      </c>
+      <c r="L20">
+        <v>0</v>
       </c>
       <c r="M20" t="s">
         <v>41</v>
       </c>
       <c r="N20" t="s">
-        <v>98</v>
+        <v>42</v>
       </c>
       <c r="O20" t="s">
-        <v>99</v>
+        <v>43</v>
       </c>
       <c r="P20" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>44</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="A21">
         <v>2022</v>
       </c>
       <c r="B21" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>18</v>
       </c>
       <c r="F21" t="s">
         <v>33</v>
       </c>
       <c r="H21" t="s">
-        <v>101</v>
+        <v>87</v>
       </c>
       <c r="I21" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J21" t="s">
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="K21" t="s">
-        <v>97</v>
+        <v>24</v>
       </c>
       <c r="L21">
-        <v>0.38</v>
+        <v>15</v>
       </c>
       <c r="M21" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="N21" t="s">
-        <v>102</v>
+        <v>91</v>
       </c>
       <c r="O21" t="s">
-        <v>99</v>
+        <v>28</v>
       </c>
       <c r="P21" t="s">
-        <v>100</v>
-[...5 lines deleted...]
-        <v>103</v>
+        <v>29</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22">
         <v>2022</v>
       </c>
       <c r="B22" t="s">
-        <v>104</v>
+        <v>90</v>
       </c>
       <c r="C22" t="s">
-        <v>11</v>
+        <v>92</v>
+      </c>
+      <c r="D22" t="s">
+        <v>93</v>
       </c>
       <c r="E22" t="s">
         <v>18</v>
       </c>
       <c r="F22" t="s">
         <v>33</v>
       </c>
       <c r="H22" t="s">
+        <v>87</v>
+      </c>
+      <c r="I22" t="s">
+        <v>88</v>
+      </c>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22">
+        <v>4</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
         <v>91</v>
       </c>
-      <c r="I22" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="O22" t="s">
-        <v>99</v>
+        <v>28</v>
       </c>
       <c r="P22" t="s">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>29</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="A23">
         <v>2022</v>
       </c>
       <c r="B23" t="s">
-        <v>106</v>
+        <v>32</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
         <v>18</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>33</v>
       </c>
       <c r="H23" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="I23" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="J23" t="s">
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="K23" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>24</v>
+      </c>
+      <c r="L23">
+        <v>5</v>
       </c>
       <c r="M23" t="s">
-        <v>41</v>
+        <v>26</v>
       </c>
       <c r="N23" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="O23" t="s">
-        <v>62</v>
+        <v>28</v>
       </c>
       <c r="P23" t="s">
-        <v>108</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="A24">
         <v>2022</v>
       </c>
       <c r="B24" t="s">
-        <v>109</v>
+        <v>32</v>
       </c>
       <c r="C24" t="s">
-        <v>11</v>
+        <v>92</v>
+      </c>
+      <c r="D24" t="s">
+        <v>93</v>
       </c>
       <c r="E24" t="s">
         <v>18</v>
       </c>
       <c r="F24" t="s">
         <v>33</v>
       </c>
       <c r="H24" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I24" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J24" t="s">
-        <v>68</v>
+        <v>23</v>
       </c>
       <c r="K24" t="s">
-        <v>111</v>
+        <v>24</v>
       </c>
       <c r="L24">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="M24" t="s">
-        <v>112</v>
+        <v>26</v>
       </c>
       <c r="N24" t="s">
-        <v>49</v>
+        <v>94</v>
       </c>
       <c r="O24" t="s">
-        <v>113</v>
+        <v>28</v>
       </c>
       <c r="P24" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>29</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="A25">
         <v>2022</v>
       </c>
       <c r="B25" t="s">
-        <v>109</v>
+        <v>95</v>
       </c>
       <c r="C25" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>11</v>
       </c>
       <c r="E25" t="s">
         <v>18</v>
       </c>
       <c r="F25" t="s">
         <v>33</v>
       </c>
       <c r="H25" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I25" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J25" t="s">
-        <v>68</v>
+        <v>23</v>
       </c>
       <c r="K25" t="s">
-        <v>111</v>
+        <v>40</v>
       </c>
       <c r="L25">
-        <v>1.4</v>
+        <v>73.33</v>
       </c>
       <c r="M25" t="s">
-        <v>112</v>
+        <v>41</v>
       </c>
       <c r="N25" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>113</v>
+        <v>43</v>
       </c>
       <c r="P25" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>44</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="A26">
         <v>2022</v>
       </c>
       <c r="B26" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="C26" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
         <v>18</v>
       </c>
       <c r="F26" t="s">
         <v>33</v>
       </c>
       <c r="H26" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I26" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J26" t="s">
-        <v>68</v>
+        <v>23</v>
       </c>
       <c r="K26" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>3.5</v>
+        <v>97</v>
+      </c>
+      <c r="L26" t="s">
+        <v>98</v>
       </c>
       <c r="M26" t="s">
-        <v>112</v>
+        <v>41</v>
       </c>
       <c r="N26" t="s">
-        <v>49</v>
+        <v>99</v>
       </c>
       <c r="O26" t="s">
-        <v>113</v>
+        <v>83</v>
       </c>
       <c r="P26" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="A27">
         <v>2022</v>
       </c>
       <c r="B27" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="C27" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="D27" t="s">
-        <v>121</v>
+        <v>77</v>
       </c>
       <c r="E27" t="s">
         <v>18</v>
       </c>
       <c r="F27" t="s">
         <v>33</v>
       </c>
       <c r="H27" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I27" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J27" t="s">
-        <v>68</v>
+        <v>23</v>
       </c>
       <c r="K27" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="L27">
-        <v>1</v>
+        <v>163.6</v>
       </c>
       <c r="M27" t="s">
-        <v>112</v>
+        <v>41</v>
       </c>
       <c r="N27" t="s">
-        <v>49</v>
+        <v>99</v>
       </c>
       <c r="O27" t="s">
-        <v>113</v>
+        <v>83</v>
       </c>
       <c r="P27" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28">
         <v>2022</v>
       </c>
       <c r="B28" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="C28" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="D28" t="s">
-        <v>122</v>
+        <v>89</v>
       </c>
       <c r="E28" t="s">
         <v>18</v>
       </c>
       <c r="F28" t="s">
         <v>33</v>
       </c>
       <c r="H28" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I28" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J28" t="s">
-        <v>68</v>
+        <v>23</v>
       </c>
       <c r="K28" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>97</v>
+      </c>
+      <c r="L28">
+        <v>144.4</v>
       </c>
       <c r="M28" t="s">
-        <v>112</v>
+        <v>41</v>
       </c>
       <c r="N28" t="s">
-        <v>49</v>
+        <v>99</v>
       </c>
       <c r="O28" t="s">
-        <v>113</v>
+        <v>83</v>
       </c>
       <c r="P28" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="A29">
         <v>2022</v>
       </c>
       <c r="B29" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="C29" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="D29" t="s">
-        <v>124</v>
+        <v>102</v>
       </c>
       <c r="E29" t="s">
         <v>18</v>
       </c>
       <c r="F29" t="s">
         <v>33</v>
       </c>
       <c r="H29" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I29" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J29" t="s">
-        <v>68</v>
+        <v>23</v>
       </c>
       <c r="K29" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="L29">
-        <v>3</v>
+        <v>1.5</v>
       </c>
       <c r="M29" t="s">
-        <v>112</v>
+        <v>41</v>
       </c>
       <c r="N29" t="s">
-        <v>49</v>
+        <v>99</v>
       </c>
       <c r="O29" t="s">
-        <v>113</v>
+        <v>83</v>
       </c>
       <c r="P29" t="s">
-        <v>114</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="A30">
         <v>2022</v>
       </c>
       <c r="B30" t="s">
-        <v>125</v>
+        <v>66</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>18</v>
       </c>
       <c r="F30" t="s">
         <v>33</v>
       </c>
       <c r="H30" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="I30" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="J30" t="s">
         <v>68</v>
       </c>
       <c r="K30" t="s">
-        <v>126</v>
+        <v>69</v>
       </c>
       <c r="L30">
-        <v>12.5</v>
+        <v>100</v>
       </c>
       <c r="M30" t="s">
-        <v>127</v>
+        <v>70</v>
       </c>
       <c r="N30" t="s">
         <v>27</v>
       </c>
       <c r="O30" t="s">
         <v>62</v>
       </c>
       <c r="P30" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>71</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="A31">
         <v>2022</v>
       </c>
       <c r="B31" t="s">
-        <v>125</v>
+        <v>66</v>
       </c>
       <c r="C31" t="s">
-        <v>129</v>
+        <v>103</v>
       </c>
       <c r="D31" t="s">
-        <v>130</v>
+        <v>104</v>
       </c>
       <c r="E31" t="s">
         <v>18</v>
       </c>
       <c r="F31" t="s">
         <v>33</v>
       </c>
       <c r="H31" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="I31" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="J31" t="s">
         <v>68</v>
       </c>
       <c r="K31" t="s">
-        <v>126</v>
+        <v>69</v>
       </c>
       <c r="L31">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M31" t="s">
-        <v>127</v>
+        <v>70</v>
       </c>
       <c r="N31" t="s">
         <v>27</v>
       </c>
       <c r="O31" t="s">
         <v>62</v>
       </c>
       <c r="P31" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>71</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="A32">
         <v>2022</v>
       </c>
       <c r="B32" t="s">
-        <v>125</v>
+        <v>66</v>
       </c>
       <c r="C32" t="s">
-        <v>129</v>
+        <v>103</v>
       </c>
       <c r="D32" t="s">
-        <v>131</v>
+        <v>105</v>
       </c>
       <c r="E32" t="s">
         <v>18</v>
       </c>
       <c r="F32" t="s">
         <v>33</v>
       </c>
       <c r="H32" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="I32" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="J32" t="s">
         <v>68</v>
       </c>
       <c r="K32" t="s">
-        <v>126</v>
+        <v>69</v>
       </c>
       <c r="L32">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M32" t="s">
-        <v>127</v>
+        <v>70</v>
       </c>
       <c r="N32" t="s">
         <v>27</v>
       </c>
       <c r="O32" t="s">
         <v>62</v>
       </c>
       <c r="P32" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>71</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="A33">
         <v>2022</v>
       </c>
       <c r="B33" t="s">
-        <v>125</v>
+        <v>66</v>
       </c>
       <c r="C33" t="s">
-        <v>129</v>
+        <v>103</v>
       </c>
       <c r="D33" t="s">
-        <v>132</v>
+        <v>106</v>
       </c>
       <c r="E33" t="s">
         <v>18</v>
       </c>
       <c r="F33" t="s">
         <v>33</v>
       </c>
       <c r="H33" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="I33" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="J33" t="s">
         <v>68</v>
       </c>
       <c r="K33" t="s">
-        <v>126</v>
+        <v>69</v>
       </c>
       <c r="L33">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M33" t="s">
-        <v>127</v>
+        <v>70</v>
       </c>
       <c r="N33" t="s">
         <v>27</v>
       </c>
       <c r="O33" t="s">
         <v>62</v>
       </c>
       <c r="P33" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>71</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="A34">
         <v>2022</v>
       </c>
       <c r="B34" t="s">
-        <v>125</v>
+        <v>107</v>
       </c>
       <c r="C34" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>18</v>
       </c>
       <c r="F34" t="s">
         <v>33</v>
       </c>
       <c r="H34" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="I34" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="J34" t="s">
-        <v>68</v>
+        <v>108</v>
       </c>
       <c r="K34" t="s">
-        <v>126</v>
+        <v>109</v>
       </c>
       <c r="L34">
-        <v>0</v>
+        <v>0.71</v>
       </c>
       <c r="M34" t="s">
-        <v>127</v>
+        <v>41</v>
       </c>
       <c r="N34" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="O34" t="s">
-        <v>62</v>
+        <v>110</v>
       </c>
       <c r="P34" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>111</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="A35">
         <v>2022</v>
       </c>
       <c r="B35" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="C35" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
         <v>18</v>
       </c>
       <c r="F35" t="s">
         <v>33</v>
       </c>
       <c r="H35" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="I35" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="J35" t="s">
         <v>68</v>
       </c>
       <c r="K35" t="s">
-        <v>126</v>
+        <v>113</v>
       </c>
       <c r="L35">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="M35" t="s">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="N35" t="s">
         <v>27</v>
       </c>
       <c r="O35" t="s">
         <v>62</v>
       </c>
       <c r="P35" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>115</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="A36">
         <v>2022</v>
       </c>
       <c r="B36" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="C36" t="s">
-        <v>129</v>
+        <v>103</v>
       </c>
       <c r="D36" t="s">
-        <v>135</v>
+        <v>104</v>
       </c>
       <c r="E36" t="s">
         <v>18</v>
       </c>
       <c r="F36" t="s">
         <v>33</v>
       </c>
       <c r="H36" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="I36" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="J36" t="s">
         <v>68</v>
       </c>
       <c r="K36" t="s">
-        <v>126</v>
+        <v>113</v>
       </c>
       <c r="L36">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M36" t="s">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
         <v>62</v>
       </c>
       <c r="P36" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>115</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="A37">
         <v>2022</v>
       </c>
       <c r="B37" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="C37" t="s">
-        <v>129</v>
+        <v>103</v>
       </c>
       <c r="D37" t="s">
-        <v>136</v>
+        <v>105</v>
       </c>
       <c r="E37" t="s">
         <v>18</v>
       </c>
       <c r="F37" t="s">
         <v>33</v>
       </c>
       <c r="H37" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="I37" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="J37" t="s">
         <v>68</v>
       </c>
       <c r="K37" t="s">
-        <v>126</v>
+        <v>113</v>
       </c>
       <c r="L37">
         <v>1</v>
       </c>
       <c r="M37" t="s">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="N37" t="s">
         <v>27</v>
       </c>
       <c r="O37" t="s">
         <v>62</v>
       </c>
       <c r="P37" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>115</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="A38">
         <v>2022</v>
       </c>
       <c r="B38" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="C38" t="s">
-        <v>129</v>
+        <v>103</v>
       </c>
       <c r="D38" t="s">
-        <v>137</v>
+        <v>106</v>
       </c>
       <c r="E38" t="s">
         <v>18</v>
       </c>
       <c r="F38" t="s">
         <v>33</v>
       </c>
       <c r="H38" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="I38" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="J38" t="s">
         <v>68</v>
       </c>
       <c r="K38" t="s">
-        <v>126</v>
+        <v>113</v>
       </c>
       <c r="L38">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M38" t="s">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="N38" t="s">
         <v>27</v>
       </c>
       <c r="O38" t="s">
         <v>62</v>
       </c>
       <c r="P38" t="s">
-        <v>128</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>115</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="A39">
         <v>2022</v>
       </c>
       <c r="B39" t="s">
-        <v>37</v>
+        <v>112</v>
       </c>
       <c r="C39" t="s">
-        <v>11</v>
+        <v>103</v>
+      </c>
+      <c r="D39" t="s">
+        <v>116</v>
       </c>
       <c r="E39" t="s">
         <v>18</v>
       </c>
       <c r="F39" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="H39" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="I39" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="J39" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="K39" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>113</v>
+      </c>
+      <c r="L39">
+        <v>1</v>
       </c>
       <c r="M39" t="s">
-        <v>41</v>
+        <v>114</v>
       </c>
       <c r="N39" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O39" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="P39" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>115</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="A40">
         <v>2022</v>
       </c>
       <c r="B40" t="s">
-        <v>56</v>
+        <v>112</v>
       </c>
       <c r="C40" t="s">
-        <v>11</v>
+        <v>103</v>
+      </c>
+      <c r="D40" t="s">
+        <v>117</v>
       </c>
       <c r="E40" t="s">
         <v>18</v>
       </c>
       <c r="F40" t="s">
         <v>33</v>
       </c>
       <c r="H40" t="s">
-        <v>138</v>
+        <v>87</v>
       </c>
       <c r="I40" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J40" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="K40" t="s">
-        <v>59</v>
+        <v>113</v>
       </c>
       <c r="L40">
-        <v>-7.0E-5</v>
+        <v>1</v>
       </c>
       <c r="M40" t="s">
-        <v>60</v>
+        <v>114</v>
       </c>
       <c r="N40" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O40" t="s">
         <v>62</v>
       </c>
       <c r="P40" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>103</v>
+        <v>115</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="A41">
         <v>2022</v>
       </c>
       <c r="B41" t="s">
-        <v>56</v>
+        <v>112</v>
       </c>
       <c r="C41" t="s">
-        <v>139</v>
+        <v>103</v>
       </c>
       <c r="D41" t="s">
-        <v>140</v>
+        <v>118</v>
       </c>
       <c r="E41" t="s">
         <v>18</v>
       </c>
       <c r="F41" t="s">
         <v>33</v>
       </c>
       <c r="H41" t="s">
-        <v>138</v>
+        <v>87</v>
       </c>
       <c r="I41" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J41" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="K41" t="s">
-        <v>59</v>
+        <v>113</v>
+      </c>
+      <c r="L41">
+        <v>1</v>
       </c>
       <c r="M41" t="s">
-        <v>60</v>
+        <v>114</v>
       </c>
       <c r="N41" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O41" t="s">
         <v>62</v>
       </c>
       <c r="P41" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>103</v>
+        <v>115</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42">
         <v>2022</v>
       </c>
       <c r="B42" t="s">
-        <v>56</v>
+        <v>112</v>
       </c>
       <c r="C42" t="s">
-        <v>139</v>
+        <v>103</v>
       </c>
       <c r="D42" t="s">
-        <v>141</v>
+        <v>119</v>
       </c>
       <c r="E42" t="s">
         <v>18</v>
       </c>
       <c r="F42" t="s">
         <v>33</v>
       </c>
       <c r="H42" t="s">
-        <v>138</v>
+        <v>87</v>
       </c>
       <c r="I42" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J42" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="K42" t="s">
-        <v>59</v>
+        <v>113</v>
       </c>
       <c r="L42">
-        <v>-0.99871</v>
+        <v>1</v>
       </c>
       <c r="M42" t="s">
-        <v>60</v>
+        <v>114</v>
       </c>
       <c r="N42" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O42" t="s">
         <v>62</v>
       </c>
       <c r="P42" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>103</v>
+        <v>115</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43">
         <v>2022</v>
       </c>
       <c r="B43" t="s">
-        <v>56</v>
+        <v>112</v>
       </c>
       <c r="C43" t="s">
-        <v>11</v>
+        <v>103</v>
+      </c>
+      <c r="D43" t="s">
+        <v>120</v>
       </c>
       <c r="E43" t="s">
         <v>18</v>
       </c>
       <c r="F43" t="s">
         <v>33</v>
       </c>
       <c r="H43" t="s">
-        <v>142</v>
+        <v>87</v>
       </c>
       <c r="I43" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="J43" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="K43" t="s">
-        <v>59</v>
+        <v>113</v>
       </c>
       <c r="L43">
-        <v>-0.99002</v>
+        <v>1</v>
       </c>
       <c r="M43" t="s">
-        <v>60</v>
+        <v>114</v>
       </c>
       <c r="N43" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O43" t="s">
         <v>62</v>
       </c>
       <c r="P43" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>144</v>
+        <v>115</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44">
         <v>2022</v>
       </c>
       <c r="B44" t="s">
-        <v>56</v>
+        <v>121</v>
       </c>
       <c r="C44" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
         <v>18</v>
       </c>
       <c r="F44" t="s">
         <v>33</v>
       </c>
       <c r="H44" t="s">
-        <v>142</v>
+        <v>87</v>
       </c>
       <c r="I44" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="J44" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="K44" t="s">
-        <v>59</v>
+        <v>122</v>
       </c>
       <c r="L44">
-        <v>99.03375</v>
+        <v>83.33</v>
       </c>
       <c r="M44" t="s">
-        <v>60</v>
+        <v>123</v>
       </c>
       <c r="N44" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O44" t="s">
         <v>62</v>
       </c>
       <c r="P44" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>144</v>
+        <v>124</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="A45">
         <v>2022</v>
       </c>
       <c r="B45" t="s">
+        <v>121</v>
+      </c>
+      <c r="C45" t="s">
+        <v>103</v>
+      </c>
+      <c r="D45" t="s">
         <v>104</v>
       </c>
-      <c r="C45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E45" t="s">
         <v>18</v>
       </c>
       <c r="F45" t="s">
         <v>33</v>
       </c>
       <c r="H45" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I45" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J45" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
       <c r="K45" t="s">
-        <v>97</v>
+        <v>122</v>
       </c>
       <c r="L45">
-        <v>0.01</v>
+        <v>1</v>
       </c>
       <c r="M45" t="s">
-        <v>105</v>
+        <v>123</v>
       </c>
       <c r="N45" t="s">
-        <v>145</v>
+        <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>99</v>
+        <v>62</v>
       </c>
       <c r="P45" t="s">
-        <v>100</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>124</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="A46">
         <v>2022</v>
       </c>
       <c r="B46" t="s">
-        <v>104</v>
+        <v>121</v>
       </c>
       <c r="C46" t="s">
-        <v>146</v>
+        <v>103</v>
       </c>
       <c r="D46" t="s">
-        <v>147</v>
+        <v>105</v>
       </c>
       <c r="E46" t="s">
         <v>18</v>
       </c>
       <c r="F46" t="s">
         <v>33</v>
       </c>
       <c r="H46" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I46" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J46" t="s">
-        <v>96</v>
+        <v>68</v>
       </c>
       <c r="K46" t="s">
-        <v>97</v>
+        <v>122</v>
       </c>
       <c r="L46">
-        <v>0.1</v>
+        <v>1</v>
       </c>
       <c r="M46" t="s">
-        <v>105</v>
+        <v>123</v>
       </c>
       <c r="N46" t="s">
-        <v>145</v>
+        <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>99</v>
+        <v>62</v>
       </c>
       <c r="P46" t="s">
-        <v>100</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>124</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="A47">
         <v>2022</v>
       </c>
       <c r="B47" t="s">
-        <v>148</v>
+        <v>121</v>
       </c>
       <c r="C47" t="s">
-        <v>11</v>
+        <v>103</v>
+      </c>
+      <c r="D47" t="s">
+        <v>106</v>
       </c>
       <c r="E47" t="s">
         <v>18</v>
       </c>
       <c r="F47" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="H47" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="I47" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="J47" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="K47" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>122</v>
+      </c>
+      <c r="L47">
+        <v>1</v>
       </c>
       <c r="M47" t="s">
-        <v>150</v>
+        <v>123</v>
       </c>
       <c r="N47" t="s">
         <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>99</v>
+        <v>62</v>
       </c>
       <c r="P47" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>124</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="A48">
         <v>2022</v>
       </c>
       <c r="B48" t="s">
-        <v>56</v>
+        <v>121</v>
       </c>
       <c r="C48" t="s">
-        <v>11</v>
+        <v>103</v>
+      </c>
+      <c r="D48" t="s">
+        <v>116</v>
       </c>
       <c r="E48" t="s">
         <v>18</v>
       </c>
       <c r="F48" t="s">
         <v>33</v>
       </c>
       <c r="H48" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I48" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J48" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="K48" t="s">
-        <v>59</v>
+        <v>122</v>
       </c>
       <c r="L48">
-        <v>2.71429</v>
+        <v>1</v>
       </c>
       <c r="M48" t="s">
-        <v>60</v>
+        <v>123</v>
       </c>
       <c r="N48" t="s">
-        <v>152</v>
+        <v>27</v>
       </c>
       <c r="O48" t="s">
         <v>62</v>
       </c>
       <c r="P48" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>124</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="A49">
         <v>2022</v>
       </c>
       <c r="B49" t="s">
-        <v>37</v>
+        <v>121</v>
       </c>
       <c r="C49" t="s">
-        <v>11</v>
+        <v>103</v>
+      </c>
+      <c r="D49" t="s">
+        <v>117</v>
       </c>
       <c r="E49" t="s">
         <v>18</v>
       </c>
       <c r="F49" t="s">
         <v>33</v>
       </c>
       <c r="H49" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I49" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J49" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="K49" t="s">
-        <v>40</v>
+        <v>122</v>
       </c>
       <c r="L49">
-        <v>0.64</v>
+        <v>1</v>
       </c>
       <c r="M49" t="s">
-        <v>41</v>
+        <v>123</v>
       </c>
       <c r="N49" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O49" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="P49" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>124</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="A50">
         <v>2022</v>
       </c>
       <c r="B50" t="s">
-        <v>37</v>
+        <v>121</v>
       </c>
       <c r="C50" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
       <c r="D50" t="s">
-        <v>74</v>
+        <v>118</v>
       </c>
       <c r="E50" t="s">
         <v>18</v>
       </c>
       <c r="F50" t="s">
         <v>33</v>
       </c>
       <c r="H50" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I50" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J50" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="K50" t="s">
-        <v>40</v>
+        <v>122</v>
       </c>
       <c r="L50">
-        <v>0.75</v>
+        <v>0</v>
       </c>
       <c r="M50" t="s">
-        <v>41</v>
+        <v>123</v>
       </c>
       <c r="N50" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="O50" t="s">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="P50" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>124</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="A51">
         <v>2022</v>
       </c>
       <c r="B51" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="C51" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
         <v>18</v>
       </c>
       <c r="F51" t="s">
         <v>33</v>
       </c>
       <c r="H51" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I51" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J51" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="K51" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="L51">
-        <v>0.4</v>
+        <v>-0.17</v>
       </c>
       <c r="M51" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="N51" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="O51" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="P51" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>51</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="A52">
         <v>2022</v>
       </c>
       <c r="B52" t="s">
-        <v>148</v>
+        <v>125</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
         <v>18</v>
       </c>
       <c r="F52" t="s">
         <v>33</v>
       </c>
       <c r="H52" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I52" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J52" t="s">
         <v>23</v>
       </c>
       <c r="K52" t="s">
-        <v>149</v>
+        <v>59</v>
       </c>
       <c r="L52">
-        <v>71</v>
+        <v>0.27</v>
       </c>
       <c r="M52" t="s">
-        <v>150</v>
+        <v>125</v>
       </c>
       <c r="N52" t="s">
-        <v>154</v>
+        <v>27</v>
       </c>
       <c r="O52" t="s">
-        <v>99</v>
+        <v>62</v>
       </c>
       <c r="P52" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>63</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="A53">
         <v>2022</v>
       </c>
       <c r="B53" t="s">
-        <v>148</v>
+        <v>126</v>
       </c>
       <c r="C53" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
         <v>18</v>
       </c>
       <c r="F53" t="s">
         <v>33</v>
       </c>
       <c r="H53" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I53" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J53" t="s">
         <v>23</v>
       </c>
       <c r="K53" t="s">
-        <v>149</v>
+        <v>59</v>
       </c>
       <c r="L53">
-        <v>1</v>
+        <v>51</v>
       </c>
       <c r="M53" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="N53" t="s">
-        <v>154</v>
+        <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>99</v>
+        <v>62</v>
       </c>
       <c r="P53" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>63</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54">
         <v>2022</v>
       </c>
       <c r="B54" t="s">
-        <v>148</v>
+        <v>72</v>
       </c>
       <c r="C54" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
         <v>18</v>
       </c>
       <c r="F54" t="s">
         <v>33</v>
       </c>
       <c r="H54" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I54" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J54" t="s">
         <v>23</v>
       </c>
       <c r="K54" t="s">
-        <v>149</v>
+        <v>73</v>
       </c>
       <c r="L54">
-        <v>1</v>
+        <v>166.67</v>
       </c>
       <c r="M54" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="N54" t="s">
-        <v>154</v>
+        <v>42</v>
       </c>
       <c r="O54" t="s">
-        <v>99</v>
+        <v>74</v>
       </c>
       <c r="P54" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>75</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="A55">
         <v>2022</v>
       </c>
       <c r="B55" t="s">
-        <v>148</v>
+        <v>72</v>
       </c>
       <c r="C55" t="s">
-        <v>129</v>
+        <v>76</v>
       </c>
       <c r="D55" t="s">
-        <v>132</v>
+        <v>77</v>
       </c>
       <c r="E55" t="s">
         <v>18</v>
       </c>
       <c r="F55" t="s">
         <v>33</v>
       </c>
       <c r="H55" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I55" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J55" t="s">
         <v>23</v>
       </c>
       <c r="K55" t="s">
-        <v>149</v>
+        <v>73</v>
       </c>
       <c r="L55">
-        <v>1</v>
+        <v>60.0</v>
       </c>
       <c r="M55" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="N55" t="s">
-        <v>154</v>
+        <v>42</v>
       </c>
       <c r="O55" t="s">
-        <v>99</v>
+        <v>74</v>
       </c>
       <c r="P55" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>75</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="A56">
         <v>2022</v>
       </c>
       <c r="B56" t="s">
-        <v>148</v>
+        <v>72</v>
       </c>
       <c r="C56" t="s">
-        <v>129</v>
+        <v>76</v>
       </c>
       <c r="D56" t="s">
-        <v>133</v>
+        <v>89</v>
       </c>
       <c r="E56" t="s">
         <v>18</v>
       </c>
       <c r="F56" t="s">
         <v>33</v>
       </c>
       <c r="H56" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I56" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J56" t="s">
         <v>23</v>
       </c>
       <c r="K56" t="s">
-        <v>149</v>
+        <v>73</v>
       </c>
       <c r="L56">
-        <v>0</v>
+        <v>250.0</v>
       </c>
       <c r="M56" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="N56" t="s">
-        <v>154</v>
+        <v>42</v>
       </c>
       <c r="O56" t="s">
-        <v>99</v>
+        <v>74</v>
       </c>
       <c r="P56" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>75</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="A57">
         <v>2022</v>
       </c>
       <c r="B57" t="s">
-        <v>148</v>
+        <v>127</v>
       </c>
       <c r="C57" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
         <v>18</v>
       </c>
       <c r="F57" t="s">
         <v>33</v>
       </c>
       <c r="H57" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I57" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J57" t="s">
         <v>23</v>
       </c>
       <c r="K57" t="s">
-        <v>149</v>
+        <v>128</v>
       </c>
       <c r="L57">
-        <v>1</v>
+        <v>98.04</v>
       </c>
       <c r="M57" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="N57" t="s">
-        <v>154</v>
+        <v>42</v>
       </c>
       <c r="O57" t="s">
-        <v>99</v>
+        <v>129</v>
       </c>
       <c r="P57" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>130</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="A58">
         <v>2022</v>
       </c>
       <c r="B58" t="s">
-        <v>148</v>
+        <v>127</v>
       </c>
       <c r="C58" t="s">
-        <v>129</v>
+        <v>76</v>
       </c>
       <c r="D58" t="s">
-        <v>135</v>
+        <v>77</v>
       </c>
       <c r="E58" t="s">
         <v>18</v>
       </c>
       <c r="F58" t="s">
         <v>33</v>
       </c>
       <c r="H58" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I58" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J58" t="s">
         <v>23</v>
       </c>
       <c r="K58" t="s">
-        <v>149</v>
+        <v>128</v>
       </c>
       <c r="L58">
-        <v>0</v>
+        <v>97.28</v>
       </c>
       <c r="M58" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="N58" t="s">
-        <v>154</v>
+        <v>42</v>
       </c>
       <c r="O58" t="s">
-        <v>99</v>
+        <v>129</v>
       </c>
       <c r="P58" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>130</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="A59">
         <v>2022</v>
       </c>
       <c r="B59" t="s">
-        <v>148</v>
+        <v>127</v>
       </c>
       <c r="C59" t="s">
-        <v>129</v>
+        <v>76</v>
       </c>
       <c r="D59" t="s">
-        <v>136</v>
+        <v>89</v>
       </c>
       <c r="E59" t="s">
         <v>18</v>
       </c>
       <c r="F59" t="s">
         <v>33</v>
       </c>
       <c r="H59" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I59" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J59" t="s">
         <v>23</v>
       </c>
       <c r="K59" t="s">
-        <v>149</v>
+        <v>128</v>
       </c>
       <c r="L59">
-        <v>1</v>
+        <v>98.1</v>
       </c>
       <c r="M59" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="N59" t="s">
-        <v>154</v>
+        <v>42</v>
       </c>
       <c r="O59" t="s">
-        <v>99</v>
+        <v>129</v>
       </c>
       <c r="P59" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>130</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="A60">
         <v>2022</v>
       </c>
       <c r="B60" t="s">
-        <v>148</v>
+        <v>131</v>
       </c>
       <c r="C60" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
         <v>18</v>
       </c>
       <c r="F60" t="s">
         <v>33</v>
       </c>
       <c r="H60" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I60" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J60" t="s">
         <v>23</v>
       </c>
       <c r="K60" t="s">
-        <v>149</v>
+        <v>128</v>
       </c>
       <c r="L60">
-        <v>57</v>
+        <v>27</v>
       </c>
       <c r="M60" t="s">
-        <v>150</v>
+        <v>26</v>
       </c>
       <c r="N60" t="s">
-        <v>154</v>
+        <v>27</v>
       </c>
       <c r="O60" t="s">
-        <v>99</v>
+        <v>129</v>
       </c>
       <c r="P60" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>130</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="A61">
         <v>2022</v>
       </c>
       <c r="B61" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
       <c r="C61" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>11</v>
       </c>
       <c r="E61" t="s">
         <v>18</v>
       </c>
       <c r="F61" t="s">
         <v>33</v>
       </c>
       <c r="H61" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I61" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J61" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="K61" t="s">
-        <v>149</v>
+        <v>133</v>
       </c>
       <c r="L61">
-        <v>43</v>
+        <v>99.02</v>
       </c>
       <c r="M61" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="N61" t="s">
-        <v>154</v>
+        <v>27</v>
       </c>
       <c r="O61" t="s">
-        <v>99</v>
+        <v>62</v>
       </c>
       <c r="P61" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>134</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="A62">
         <v>2022</v>
       </c>
       <c r="B62" t="s">
-        <v>148</v>
+        <v>135</v>
       </c>
       <c r="C62" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
         <v>18</v>
       </c>
       <c r="F62" t="s">
         <v>33</v>
       </c>
       <c r="H62" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I62" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J62" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="K62" t="s">
-        <v>149</v>
+        <v>136</v>
       </c>
       <c r="L62">
-        <v>57</v>
+        <v>11.11</v>
       </c>
       <c r="M62" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="N62" t="s">
-        <v>154</v>
+        <v>27</v>
       </c>
       <c r="O62" t="s">
-        <v>99</v>
+        <v>62</v>
       </c>
       <c r="P62" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>137</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="A63">
         <v>2022</v>
       </c>
       <c r="B63" t="s">
-        <v>148</v>
+        <v>138</v>
       </c>
       <c r="C63" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>11</v>
       </c>
       <c r="E63" t="s">
         <v>18</v>
       </c>
       <c r="F63" t="s">
         <v>33</v>
       </c>
       <c r="H63" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I63" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J63" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="K63" t="s">
-        <v>149</v>
+        <v>136</v>
       </c>
       <c r="L63">
-        <v>14</v>
+        <v>7.14</v>
       </c>
       <c r="M63" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="N63" t="s">
-        <v>154</v>
+        <v>27</v>
       </c>
       <c r="O63" t="s">
-        <v>99</v>
+        <v>62</v>
       </c>
       <c r="P63" t="s">
-        <v>151</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>137</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="A64">
         <v>2022</v>
       </c>
       <c r="B64" t="s">
-        <v>45</v>
+        <v>139</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>18</v>
       </c>
       <c r="F64" t="s">
         <v>33</v>
       </c>
       <c r="H64" t="s">
+        <v>87</v>
+      </c>
+      <c r="I64" t="s">
+        <v>88</v>
+      </c>
+      <c r="J64" t="s">
+        <v>108</v>
+      </c>
+      <c r="K64" t="s">
+        <v>109</v>
+      </c>
+      <c r="L64">
+        <v>0.71</v>
+      </c>
+      <c r="M64" t="s">
+        <v>140</v>
+      </c>
+      <c r="N64" t="s">
+        <v>49</v>
+      </c>
+      <c r="O64" t="s">
         <v>110</v>
       </c>
-      <c r="I64" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="P64" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>111</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="A65">
         <v>2022</v>
       </c>
       <c r="B65" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="C65" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
         <v>18</v>
       </c>
       <c r="F65" t="s">
         <v>33</v>
       </c>
       <c r="H65" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I65" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J65" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="K65" t="s">
-        <v>47</v>
+        <v>142</v>
       </c>
       <c r="L65">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="M65" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="N65" t="s">
-        <v>98</v>
+        <v>143</v>
       </c>
       <c r="O65" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
       <c r="P65" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>144</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="A66">
         <v>2022</v>
       </c>
       <c r="B66" t="s">
-        <v>45</v>
+        <v>141</v>
       </c>
       <c r="C66" t="s">
-        <v>54</v>
+        <v>145</v>
       </c>
       <c r="D66" t="s">
-        <v>160</v>
+        <v>146</v>
       </c>
       <c r="E66" t="s">
         <v>18</v>
       </c>
       <c r="F66" t="s">
         <v>33</v>
       </c>
       <c r="H66" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I66" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J66" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="K66" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>142</v>
+      </c>
+      <c r="L66" t="s">
+        <v>147</v>
       </c>
       <c r="M66" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="N66" t="s">
-        <v>98</v>
+        <v>143</v>
       </c>
       <c r="O66" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
       <c r="P66" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>144</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="A67">
         <v>2022</v>
       </c>
       <c r="B67" t="s">
-        <v>17</v>
+        <v>141</v>
       </c>
       <c r="C67" t="s">
-        <v>11</v>
+        <v>145</v>
+      </c>
+      <c r="D67" t="s">
+        <v>148</v>
       </c>
       <c r="E67" t="s">
         <v>18</v>
       </c>
       <c r="F67" t="s">
         <v>33</v>
       </c>
       <c r="H67" t="s">
-        <v>101</v>
+        <v>87</v>
       </c>
       <c r="I67" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J67" t="s">
         <v>23</v>
       </c>
       <c r="K67" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>142</v>
+      </c>
+      <c r="L67" t="s">
+        <v>147</v>
       </c>
       <c r="M67" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="N67" t="s">
-        <v>161</v>
+        <v>143</v>
       </c>
       <c r="O67" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="P67" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>103</v>
+        <v>144</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="A68">
         <v>2022</v>
       </c>
       <c r="B68" t="s">
-        <v>17</v>
+        <v>141</v>
       </c>
       <c r="C68" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="D68" t="s">
-        <v>163</v>
+        <v>149</v>
       </c>
       <c r="E68" t="s">
         <v>18</v>
       </c>
       <c r="F68" t="s">
         <v>33</v>
       </c>
       <c r="H68" t="s">
-        <v>101</v>
+        <v>87</v>
       </c>
       <c r="I68" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J68" t="s">
         <v>23</v>
       </c>
       <c r="K68" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>142</v>
+      </c>
+      <c r="L68" t="s">
+        <v>147</v>
       </c>
       <c r="M68" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="N68" t="s">
-        <v>161</v>
+        <v>143</v>
       </c>
       <c r="O68" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="P68" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>103</v>
+        <v>144</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="A69">
         <v>2022</v>
       </c>
       <c r="B69" t="s">
-        <v>164</v>
+        <v>141</v>
       </c>
       <c r="C69" t="s">
-        <v>11</v>
+        <v>145</v>
+      </c>
+      <c r="D69" t="s">
+        <v>150</v>
       </c>
       <c r="E69" t="s">
         <v>18</v>
       </c>
       <c r="F69" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="H69" t="s">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="I69" t="s">
-        <v>22</v>
+        <v>88</v>
       </c>
       <c r="J69" t="s">
         <v>23</v>
       </c>
       <c r="K69" t="s">
-        <v>40</v>
+        <v>142</v>
       </c>
       <c r="L69" t="s">
-        <v>25</v>
+        <v>147</v>
       </c>
       <c r="M69" t="s">
         <v>41</v>
       </c>
       <c r="N69" t="s">
-        <v>165</v>
+        <v>143</v>
       </c>
       <c r="O69" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="P69" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>144</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="A70">
         <v>2022</v>
       </c>
       <c r="B70" t="s">
-        <v>104</v>
+        <v>141</v>
       </c>
       <c r="C70" t="s">
-        <v>11</v>
+        <v>145</v>
+      </c>
+      <c r="D70" t="s">
+        <v>151</v>
       </c>
       <c r="E70" t="s">
         <v>18</v>
       </c>
       <c r="F70" t="s">
         <v>33</v>
       </c>
       <c r="H70" t="s">
-        <v>101</v>
+        <v>87</v>
       </c>
       <c r="I70" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J70" t="s">
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="K70" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>0.42</v>
+        <v>142</v>
+      </c>
+      <c r="L70" t="s">
+        <v>147</v>
       </c>
       <c r="M70" t="s">
-        <v>105</v>
+        <v>41</v>
       </c>
       <c r="N70" t="s">
-        <v>166</v>
+        <v>143</v>
       </c>
       <c r="O70" t="s">
-        <v>99</v>
+        <v>83</v>
       </c>
       <c r="P70" t="s">
-        <v>100</v>
-[...5 lines deleted...]
-        <v>103</v>
+        <v>144</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="A71">
         <v>2022</v>
       </c>
       <c r="B71" t="s">
-        <v>17</v>
+        <v>141</v>
       </c>
       <c r="C71" t="s">
-        <v>11</v>
+        <v>145</v>
+      </c>
+      <c r="D71" t="s">
+        <v>152</v>
       </c>
       <c r="E71" t="s">
         <v>18</v>
       </c>
       <c r="F71" t="s">
         <v>33</v>
       </c>
       <c r="H71" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I71" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J71" t="s">
         <v>23</v>
       </c>
       <c r="K71" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>142</v>
+      </c>
+      <c r="L71" t="s">
+        <v>147</v>
       </c>
       <c r="M71" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="N71" t="s">
-        <v>167</v>
+        <v>143</v>
       </c>
       <c r="O71" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="P71" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>144</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="A72">
         <v>2022</v>
       </c>
       <c r="B72" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C72" t="s">
-        <v>11</v>
+        <v>145</v>
+      </c>
+      <c r="D72" t="s">
+        <v>153</v>
       </c>
       <c r="E72" t="s">
         <v>18</v>
       </c>
       <c r="F72" t="s">
         <v>33</v>
       </c>
       <c r="H72" t="s">
-        <v>110</v>
+        <v>87</v>
       </c>
       <c r="I72" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J72" t="s">
         <v>23</v>
       </c>
       <c r="K72" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>142</v>
+      </c>
+      <c r="L72" t="s">
+        <v>147</v>
       </c>
       <c r="M72" t="s">
-        <v>26</v>
+        <v>41</v>
       </c>
       <c r="N72" t="s">
-        <v>167</v>
+        <v>143</v>
       </c>
       <c r="O72" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="P72" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>144</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="A73">
         <v>2022</v>
       </c>
       <c r="B73" t="s">
-        <v>72</v>
+        <v>141</v>
       </c>
       <c r="C73" t="s">
-        <v>11</v>
+        <v>145</v>
+      </c>
+      <c r="D73" t="s">
+        <v>154</v>
       </c>
       <c r="E73" t="s">
         <v>18</v>
       </c>
       <c r="F73" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="H73" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="I73" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="J73" t="s">
         <v>23</v>
       </c>
       <c r="K73" t="s">
-        <v>24</v>
+        <v>142</v>
       </c>
       <c r="L73" t="s">
-        <v>25</v>
+        <v>147</v>
       </c>
       <c r="M73" t="s">
         <v>41</v>
       </c>
       <c r="N73" t="s">
-        <v>27</v>
+        <v>143</v>
       </c>
       <c r="O73" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="P73" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>144</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="A74">
         <v>2022</v>
       </c>
       <c r="B74" t="s">
-        <v>168</v>
+        <v>155</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
         <v>18</v>
       </c>
       <c r="F74" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="H74" t="s">
-        <v>169</v>
+        <v>87</v>
       </c>
       <c r="I74" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="J74" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="K74" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>156</v>
+      </c>
+      <c r="L74">
+        <v>0.07</v>
       </c>
       <c r="M74" t="s">
-        <v>41</v>
+        <v>157</v>
       </c>
       <c r="N74" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="O74" t="s">
-        <v>43</v>
+        <v>158</v>
       </c>
       <c r="P74" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>159</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="A75">
         <v>2022</v>
       </c>
       <c r="B75" t="s">
-        <v>171</v>
+        <v>155</v>
       </c>
       <c r="C75" t="s">
-        <v>11</v>
+        <v>160</v>
+      </c>
+      <c r="D75" t="s">
+        <v>161</v>
       </c>
       <c r="E75" t="s">
         <v>18</v>
       </c>
       <c r="F75" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="H75" t="s">
-        <v>169</v>
+        <v>87</v>
       </c>
       <c r="I75" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
       <c r="J75" t="s">
-        <v>23</v>
+        <v>68</v>
       </c>
       <c r="K75" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>156</v>
+      </c>
+      <c r="L75">
+        <v>0</v>
       </c>
       <c r="M75" t="s">
-        <v>26</v>
+        <v>157</v>
       </c>
       <c r="N75" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="O75" t="s">
-        <v>28</v>
+        <v>158</v>
       </c>
       <c r="P75" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>159</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="A76">
         <v>2022</v>
       </c>
       <c r="B76" t="s">
+        <v>155</v>
+      </c>
+      <c r="C76" t="s">
+        <v>160</v>
+      </c>
+      <c r="D76" t="s">
+        <v>162</v>
+      </c>
+      <c r="E76" t="s">
+        <v>18</v>
+      </c>
+      <c r="F76" t="s">
+        <v>33</v>
+      </c>
+      <c r="H76" t="s">
+        <v>87</v>
+      </c>
+      <c r="I76" t="s">
+        <v>88</v>
+      </c>
+      <c r="J76" t="s">
+        <v>68</v>
+      </c>
+      <c r="K76" t="s">
+        <v>156</v>
+      </c>
+      <c r="L76">
+        <v>0.25</v>
+      </c>
+      <c r="M76" t="s">
+        <v>157</v>
+      </c>
+      <c r="N76" t="s">
+        <v>49</v>
+      </c>
+      <c r="O76" t="s">
+        <v>158</v>
+      </c>
+      <c r="P76" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="77" spans="1:18">
+      <c r="A77">
+        <v>2022</v>
+      </c>
+      <c r="B77" t="s">
+        <v>155</v>
+      </c>
+      <c r="C77" t="s">
+        <v>160</v>
+      </c>
+      <c r="D77" t="s">
+        <v>163</v>
+      </c>
+      <c r="E77" t="s">
+        <v>18</v>
+      </c>
+      <c r="F77" t="s">
+        <v>33</v>
+      </c>
+      <c r="H77" t="s">
+        <v>87</v>
+      </c>
+      <c r="I77" t="s">
+        <v>88</v>
+      </c>
+      <c r="J77" t="s">
+        <v>68</v>
+      </c>
+      <c r="K77" t="s">
+        <v>156</v>
+      </c>
+      <c r="L77">
+        <v>0.33</v>
+      </c>
+      <c r="M77" t="s">
+        <v>157</v>
+      </c>
+      <c r="N77" t="s">
+        <v>49</v>
+      </c>
+      <c r="O77" t="s">
+        <v>158</v>
+      </c>
+      <c r="P77" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="78" spans="1:18">
+      <c r="A78">
+        <v>2022</v>
+      </c>
+      <c r="B78" t="s">
+        <v>155</v>
+      </c>
+      <c r="C78" t="s">
+        <v>164</v>
+      </c>
+      <c r="D78" t="s">
+        <v>165</v>
+      </c>
+      <c r="E78" t="s">
+        <v>18</v>
+      </c>
+      <c r="F78" t="s">
+        <v>33</v>
+      </c>
+      <c r="H78" t="s">
+        <v>87</v>
+      </c>
+      <c r="I78" t="s">
+        <v>88</v>
+      </c>
+      <c r="J78" t="s">
+        <v>68</v>
+      </c>
+      <c r="K78" t="s">
+        <v>156</v>
+      </c>
+      <c r="L78">
+        <v>0.2</v>
+      </c>
+      <c r="M78" t="s">
+        <v>157</v>
+      </c>
+      <c r="N78" t="s">
+        <v>49</v>
+      </c>
+      <c r="O78" t="s">
+        <v>158</v>
+      </c>
+      <c r="P78" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="79" spans="1:18">
+      <c r="A79">
+        <v>2022</v>
+      </c>
+      <c r="B79" t="s">
+        <v>155</v>
+      </c>
+      <c r="C79" t="s">
+        <v>164</v>
+      </c>
+      <c r="D79" t="s">
+        <v>166</v>
+      </c>
+      <c r="E79" t="s">
+        <v>18</v>
+      </c>
+      <c r="F79" t="s">
+        <v>33</v>
+      </c>
+      <c r="H79" t="s">
+        <v>87</v>
+      </c>
+      <c r="I79" t="s">
+        <v>88</v>
+      </c>
+      <c r="J79" t="s">
+        <v>68</v>
+      </c>
+      <c r="K79" t="s">
+        <v>156</v>
+      </c>
+      <c r="L79">
+        <v>0.04</v>
+      </c>
+      <c r="M79" t="s">
+        <v>157</v>
+      </c>
+      <c r="N79" t="s">
+        <v>49</v>
+      </c>
+      <c r="O79" t="s">
+        <v>158</v>
+      </c>
+      <c r="P79" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="80" spans="1:18">
+      <c r="A80">
+        <v>2022</v>
+      </c>
+      <c r="B80" t="s">
+        <v>155</v>
+      </c>
+      <c r="C80" t="s">
+        <v>164</v>
+      </c>
+      <c r="D80" t="s">
+        <v>167</v>
+      </c>
+      <c r="E80" t="s">
+        <v>18</v>
+      </c>
+      <c r="F80" t="s">
+        <v>33</v>
+      </c>
+      <c r="H80" t="s">
+        <v>87</v>
+      </c>
+      <c r="I80" t="s">
+        <v>88</v>
+      </c>
+      <c r="J80" t="s">
+        <v>68</v>
+      </c>
+      <c r="K80" t="s">
+        <v>156</v>
+      </c>
+      <c r="L80">
+        <v>0.04</v>
+      </c>
+      <c r="M80" t="s">
+        <v>157</v>
+      </c>
+      <c r="N80" t="s">
+        <v>49</v>
+      </c>
+      <c r="O80" t="s">
+        <v>158</v>
+      </c>
+      <c r="P80" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="81" spans="1:18">
+      <c r="A81">
+        <v>2022</v>
+      </c>
+      <c r="B81" t="s">
+        <v>56</v>
+      </c>
+      <c r="C81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>18</v>
+      </c>
+      <c r="F81" t="s">
+        <v>33</v>
+      </c>
+      <c r="H81" t="s">
+        <v>87</v>
+      </c>
+      <c r="I81" t="s">
+        <v>88</v>
+      </c>
+      <c r="J81" t="s">
+        <v>23</v>
+      </c>
+      <c r="K81" t="s">
+        <v>59</v>
+      </c>
+      <c r="L81">
+        <v>119.2303</v>
+      </c>
+      <c r="M81" t="s">
+        <v>60</v>
+      </c>
+      <c r="N81" t="s">
+        <v>168</v>
+      </c>
+      <c r="O81" t="s">
+        <v>62</v>
+      </c>
+      <c r="P81" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="82" spans="1:18">
+      <c r="A82">
+        <v>2022</v>
+      </c>
+      <c r="B82" t="s">
+        <v>56</v>
+      </c>
+      <c r="C82" t="s">
+        <v>169</v>
+      </c>
+      <c r="D82" t="s">
+        <v>170</v>
+      </c>
+      <c r="E82" t="s">
+        <v>18</v>
+      </c>
+      <c r="F82" t="s">
+        <v>33</v>
+      </c>
+      <c r="H82" t="s">
+        <v>87</v>
+      </c>
+      <c r="I82" t="s">
+        <v>88</v>
+      </c>
+      <c r="J82" t="s">
+        <v>23</v>
+      </c>
+      <c r="K82" t="s">
+        <v>59</v>
+      </c>
+      <c r="L82" t="s">
+        <v>171</v>
+      </c>
+      <c r="M82" t="s">
+        <v>60</v>
+      </c>
+      <c r="N82" t="s">
+        <v>168</v>
+      </c>
+      <c r="O82" t="s">
+        <v>62</v>
+      </c>
+      <c r="P82" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="83" spans="1:18">
+      <c r="A83">
+        <v>2022</v>
+      </c>
+      <c r="B83" t="s">
+        <v>78</v>
+      </c>
+      <c r="C83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>18</v>
+      </c>
+      <c r="F83" t="s">
+        <v>33</v>
+      </c>
+      <c r="H83" t="s">
+        <v>87</v>
+      </c>
+      <c r="I83" t="s">
+        <v>88</v>
+      </c>
+      <c r="J83" t="s">
+        <v>46</v>
+      </c>
+      <c r="K83" t="s">
+        <v>81</v>
+      </c>
+      <c r="L83">
+        <v>0.36</v>
+      </c>
+      <c r="M83" t="s">
+        <v>48</v>
+      </c>
+      <c r="N83" t="s">
+        <v>49</v>
+      </c>
+      <c r="O83" t="s">
+        <v>83</v>
+      </c>
+      <c r="P83" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="84" spans="1:18">
+      <c r="A84">
+        <v>2022</v>
+      </c>
+      <c r="B84" t="s">
         <v>172</v>
       </c>
-      <c r="C76" t="s">
+      <c r="C84" t="s">
         <v>11</v>
       </c>
-      <c r="E76" t="s">
-[...5 lines deleted...]
-      <c r="H76" t="s">
+      <c r="E84" t="s">
+        <v>18</v>
+      </c>
+      <c r="F84" t="s">
+        <v>33</v>
+      </c>
+      <c r="H84" t="s">
+        <v>87</v>
+      </c>
+      <c r="I84" t="s">
+        <v>88</v>
+      </c>
+      <c r="J84" t="s">
+        <v>46</v>
+      </c>
+      <c r="K84" t="s">
+        <v>81</v>
+      </c>
+      <c r="L84">
+        <v>-0.02</v>
+      </c>
+      <c r="M84" t="s">
+        <v>48</v>
+      </c>
+      <c r="N84" t="s">
+        <v>49</v>
+      </c>
+      <c r="O84" t="s">
+        <v>83</v>
+      </c>
+      <c r="P84" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="85" spans="1:18">
+      <c r="A85">
+        <v>2022</v>
+      </c>
+      <c r="B85" t="s">
+        <v>173</v>
+      </c>
+      <c r="C85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>18</v>
+      </c>
+      <c r="F85" t="s">
+        <v>33</v>
+      </c>
+      <c r="H85" t="s">
+        <v>87</v>
+      </c>
+      <c r="I85" t="s">
+        <v>88</v>
+      </c>
+      <c r="J85" t="s">
+        <v>23</v>
+      </c>
+      <c r="K85" t="s">
+        <v>142</v>
+      </c>
+      <c r="L85">
+        <v>-0.25</v>
+      </c>
+      <c r="M85" t="s">
+        <v>48</v>
+      </c>
+      <c r="N85" t="s">
+        <v>94</v>
+      </c>
+      <c r="O85" t="s">
+        <v>83</v>
+      </c>
+      <c r="P85" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="86" spans="1:18">
+      <c r="A86">
+        <v>2022</v>
+      </c>
+      <c r="B86" t="s">
+        <v>174</v>
+      </c>
+      <c r="C86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>18</v>
+      </c>
+      <c r="F86" t="s">
+        <v>33</v>
+      </c>
+      <c r="H86" t="s">
+        <v>87</v>
+      </c>
+      <c r="I86" t="s">
+        <v>88</v>
+      </c>
+      <c r="J86" t="s">
+        <v>46</v>
+      </c>
+      <c r="K86" t="s">
+        <v>175</v>
+      </c>
+      <c r="L86">
+        <v>0.17</v>
+      </c>
+      <c r="M86" t="s">
+        <v>48</v>
+      </c>
+      <c r="N86" t="s">
+        <v>49</v>
+      </c>
+      <c r="O86" t="s">
+        <v>176</v>
+      </c>
+      <c r="P86" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="87" spans="1:18">
+      <c r="A87">
+        <v>2022</v>
+      </c>
+      <c r="B87" t="s">
+        <v>178</v>
+      </c>
+      <c r="C87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
+        <v>18</v>
+      </c>
+      <c r="F87" t="s">
+        <v>33</v>
+      </c>
+      <c r="H87" t="s">
+        <v>87</v>
+      </c>
+      <c r="I87" t="s">
+        <v>88</v>
+      </c>
+      <c r="J87" t="s">
+        <v>46</v>
+      </c>
+      <c r="K87" t="s">
+        <v>179</v>
+      </c>
+      <c r="L87">
+        <v>-0.9</v>
+      </c>
+      <c r="M87" t="s">
+        <v>48</v>
+      </c>
+      <c r="N87" t="s">
+        <v>49</v>
+      </c>
+      <c r="O87" t="s">
+        <v>50</v>
+      </c>
+      <c r="P87" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="88" spans="1:18">
+      <c r="A88">
+        <v>2022</v>
+      </c>
+      <c r="B88" t="s">
+        <v>181</v>
+      </c>
+      <c r="C88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>18</v>
+      </c>
+      <c r="F88" t="s">
+        <v>33</v>
+      </c>
+      <c r="H88" t="s">
+        <v>87</v>
+      </c>
+      <c r="I88" t="s">
+        <v>88</v>
+      </c>
+      <c r="J88" t="s">
+        <v>46</v>
+      </c>
+      <c r="K88" t="s">
+        <v>182</v>
+      </c>
+      <c r="L88">
+        <v>-0.17</v>
+      </c>
+      <c r="M88" t="s">
+        <v>48</v>
+      </c>
+      <c r="N88" t="s">
+        <v>49</v>
+      </c>
+      <c r="O88" t="s">
+        <v>83</v>
+      </c>
+      <c r="P88" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="89" spans="1:18">
+      <c r="A89">
+        <v>2022</v>
+      </c>
+      <c r="B89" t="s">
+        <v>184</v>
+      </c>
+      <c r="C89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>18</v>
+      </c>
+      <c r="F89" t="s">
+        <v>33</v>
+      </c>
+      <c r="H89" t="s">
+        <v>87</v>
+      </c>
+      <c r="I89" t="s">
+        <v>88</v>
+      </c>
+      <c r="J89" t="s">
+        <v>46</v>
+      </c>
+      <c r="K89" t="s">
+        <v>185</v>
+      </c>
+      <c r="L89">
+        <v>-0.38</v>
+      </c>
+      <c r="M89" t="s">
+        <v>48</v>
+      </c>
+      <c r="N89" t="s">
+        <v>49</v>
+      </c>
+      <c r="O89" t="s">
+        <v>186</v>
+      </c>
+      <c r="P89" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="90" spans="1:18">
+      <c r="A90">
+        <v>2022</v>
+      </c>
+      <c r="B90" t="s">
+        <v>188</v>
+      </c>
+      <c r="C90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>18</v>
+      </c>
+      <c r="F90" t="s">
+        <v>33</v>
+      </c>
+      <c r="H90" t="s">
+        <v>87</v>
+      </c>
+      <c r="I90" t="s">
+        <v>88</v>
+      </c>
+      <c r="J90" t="s">
+        <v>46</v>
+      </c>
+      <c r="K90" t="s">
+        <v>189</v>
+      </c>
+      <c r="L90">
+        <v>-0.57</v>
+      </c>
+      <c r="M90" t="s">
+        <v>48</v>
+      </c>
+      <c r="N90" t="s">
+        <v>49</v>
+      </c>
+      <c r="O90" t="s">
+        <v>62</v>
+      </c>
+      <c r="P90" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="91" spans="1:18">
+      <c r="A91">
+        <v>2022</v>
+      </c>
+      <c r="B91" t="s">
+        <v>126</v>
+      </c>
+      <c r="C91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>18</v>
+      </c>
+      <c r="F91" t="s">
+        <v>19</v>
+      </c>
+      <c r="G91" t="s">
+        <v>191</v>
+      </c>
+      <c r="H91" t="s">
+        <v>192</v>
+      </c>
+      <c r="I91" t="s">
+        <v>88</v>
+      </c>
+      <c r="J91" t="s">
+        <v>23</v>
+      </c>
+      <c r="K91" t="s">
+        <v>59</v>
+      </c>
+      <c r="L91" t="s">
+        <v>25</v>
+      </c>
+      <c r="M91" t="s">
+        <v>41</v>
+      </c>
+      <c r="N91" t="s">
+        <v>27</v>
+      </c>
+      <c r="O91" t="s">
+        <v>62</v>
+      </c>
+      <c r="P91" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="92" spans="1:18">
+      <c r="A92">
+        <v>2022</v>
+      </c>
+      <c r="B92" t="s">
+        <v>194</v>
+      </c>
+      <c r="C92" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" t="s">
+        <v>18</v>
+      </c>
+      <c r="F92" t="s">
+        <v>33</v>
+      </c>
+      <c r="H92" t="s">
+        <v>21</v>
+      </c>
+      <c r="I92" t="s">
+        <v>22</v>
+      </c>
+      <c r="J92" t="s">
+        <v>23</v>
+      </c>
+      <c r="K92" t="s">
+        <v>142</v>
+      </c>
+      <c r="L92" t="s">
+        <v>195</v>
+      </c>
+      <c r="M92" t="s">
+        <v>196</v>
+      </c>
+      <c r="N92" t="s">
+        <v>197</v>
+      </c>
+      <c r="O92" t="s">
+        <v>83</v>
+      </c>
+      <c r="P92" t="s">
+        <v>144</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>30</v>
+      </c>
+      <c r="R92" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="93" spans="1:18">
+      <c r="A93">
+        <v>2022</v>
+      </c>
+      <c r="B93" t="s">
+        <v>107</v>
+      </c>
+      <c r="C93" t="s">
+        <v>11</v>
+      </c>
+      <c r="E93" t="s">
+        <v>18</v>
+      </c>
+      <c r="F93" t="s">
+        <v>19</v>
+      </c>
+      <c r="G93" t="s">
+        <v>191</v>
+      </c>
+      <c r="H93" t="s">
+        <v>198</v>
+      </c>
+      <c r="I93" t="s">
+        <v>58</v>
+      </c>
+      <c r="J93" t="s">
+        <v>108</v>
+      </c>
+      <c r="K93" t="s">
+        <v>109</v>
+      </c>
+      <c r="L93" t="s">
+        <v>25</v>
+      </c>
+      <c r="M93" t="s">
+        <v>41</v>
+      </c>
+      <c r="N93" t="s">
+        <v>199</v>
+      </c>
+      <c r="O93" t="s">
+        <v>110</v>
+      </c>
+      <c r="P93" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="94" spans="1:18">
+      <c r="A94">
+        <v>2022</v>
+      </c>
+      <c r="B94" t="s">
+        <v>107</v>
+      </c>
+      <c r="C94" t="s">
+        <v>11</v>
+      </c>
+      <c r="E94" t="s">
+        <v>18</v>
+      </c>
+      <c r="F94" t="s">
+        <v>33</v>
+      </c>
+      <c r="H94" t="s">
+        <v>200</v>
+      </c>
+      <c r="I94" t="s">
+        <v>88</v>
+      </c>
+      <c r="J94" t="s">
+        <v>108</v>
+      </c>
+      <c r="K94" t="s">
+        <v>109</v>
+      </c>
+      <c r="L94">
+        <v>0.38</v>
+      </c>
+      <c r="M94" t="s">
+        <v>41</v>
+      </c>
+      <c r="N94" t="s">
+        <v>94</v>
+      </c>
+      <c r="O94" t="s">
+        <v>110</v>
+      </c>
+      <c r="P94" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>64</v>
+      </c>
+      <c r="R94" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="95" spans="1:18">
+      <c r="A95">
+        <v>2022</v>
+      </c>
+      <c r="B95" t="s">
+        <v>139</v>
+      </c>
+      <c r="C95" t="s">
+        <v>11</v>
+      </c>
+      <c r="E95" t="s">
+        <v>18</v>
+      </c>
+      <c r="F95" t="s">
+        <v>33</v>
+      </c>
+      <c r="H95" t="s">
+        <v>192</v>
+      </c>
+      <c r="I95" t="s">
+        <v>88</v>
+      </c>
+      <c r="J95" t="s">
+        <v>108</v>
+      </c>
+      <c r="K95" t="s">
+        <v>109</v>
+      </c>
+      <c r="L95">
+        <v>0.08</v>
+      </c>
+      <c r="M95" t="s">
+        <v>140</v>
+      </c>
+      <c r="N95" t="s">
+        <v>49</v>
+      </c>
+      <c r="O95" t="s">
+        <v>110</v>
+      </c>
+      <c r="P95" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="96" spans="1:18">
+      <c r="A96">
+        <v>2022</v>
+      </c>
+      <c r="B96" t="s">
+        <v>132</v>
+      </c>
+      <c r="C96" t="s">
+        <v>11</v>
+      </c>
+      <c r="E96" t="s">
+        <v>18</v>
+      </c>
+      <c r="F96" t="s">
+        <v>19</v>
+      </c>
+      <c r="G96" t="s">
+        <v>191</v>
+      </c>
+      <c r="H96" t="s">
+        <v>21</v>
+      </c>
+      <c r="I96" t="s">
+        <v>22</v>
+      </c>
+      <c r="J96" t="s">
+        <v>108</v>
+      </c>
+      <c r="K96" t="s">
+        <v>133</v>
+      </c>
+      <c r="L96" t="s">
+        <v>25</v>
+      </c>
+      <c r="M96" t="s">
+        <v>41</v>
+      </c>
+      <c r="N96" t="s">
+        <v>27</v>
+      </c>
+      <c r="O96" t="s">
+        <v>62</v>
+      </c>
+      <c r="P96" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>30</v>
+      </c>
+      <c r="R96" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="97" spans="1:18">
+      <c r="A97">
+        <v>2022</v>
+      </c>
+      <c r="B97" t="s">
+        <v>155</v>
+      </c>
+      <c r="C97" t="s">
+        <v>11</v>
+      </c>
+      <c r="E97" t="s">
+        <v>18</v>
+      </c>
+      <c r="F97" t="s">
+        <v>33</v>
+      </c>
+      <c r="H97" t="s">
+        <v>202</v>
+      </c>
+      <c r="I97" t="s">
+        <v>88</v>
+      </c>
+      <c r="J97" t="s">
+        <v>68</v>
+      </c>
+      <c r="K97" t="s">
+        <v>156</v>
+      </c>
+      <c r="L97">
+        <v>2</v>
+      </c>
+      <c r="M97" t="s">
+        <v>157</v>
+      </c>
+      <c r="N97" t="s">
+        <v>49</v>
+      </c>
+      <c r="O97" t="s">
+        <v>158</v>
+      </c>
+      <c r="P97" t="s">
+        <v>159</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>203</v>
+      </c>
+      <c r="R97" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="98" spans="1:18">
+      <c r="A98">
+        <v>2022</v>
+      </c>
+      <c r="B98" t="s">
+        <v>155</v>
+      </c>
+      <c r="C98" t="s">
+        <v>160</v>
+      </c>
+      <c r="D98" t="s">
+        <v>161</v>
+      </c>
+      <c r="E98" t="s">
+        <v>18</v>
+      </c>
+      <c r="F98" t="s">
+        <v>33</v>
+      </c>
+      <c r="H98" t="s">
+        <v>202</v>
+      </c>
+      <c r="I98" t="s">
+        <v>88</v>
+      </c>
+      <c r="J98" t="s">
+        <v>68</v>
+      </c>
+      <c r="K98" t="s">
+        <v>156</v>
+      </c>
+      <c r="L98">
+        <v>1.4</v>
+      </c>
+      <c r="M98" t="s">
+        <v>157</v>
+      </c>
+      <c r="N98" t="s">
+        <v>49</v>
+      </c>
+      <c r="O98" t="s">
+        <v>158</v>
+      </c>
+      <c r="P98" t="s">
+        <v>159</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>203</v>
+      </c>
+      <c r="R98" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="99" spans="1:18">
+      <c r="A99">
+        <v>2022</v>
+      </c>
+      <c r="B99" t="s">
+        <v>155</v>
+      </c>
+      <c r="C99" t="s">
+        <v>160</v>
+      </c>
+      <c r="D99" t="s">
+        <v>162</v>
+      </c>
+      <c r="E99" t="s">
+        <v>18</v>
+      </c>
+      <c r="F99" t="s">
+        <v>33</v>
+      </c>
+      <c r="H99" t="s">
+        <v>202</v>
+      </c>
+      <c r="I99" t="s">
+        <v>88</v>
+      </c>
+      <c r="J99" t="s">
+        <v>68</v>
+      </c>
+      <c r="K99" t="s">
+        <v>156</v>
+      </c>
+      <c r="L99">
+        <v>3.5</v>
+      </c>
+      <c r="M99" t="s">
+        <v>157</v>
+      </c>
+      <c r="N99" t="s">
+        <v>49</v>
+      </c>
+      <c r="O99" t="s">
+        <v>158</v>
+      </c>
+      <c r="P99" t="s">
+        <v>159</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>203</v>
+      </c>
+      <c r="R99" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="100" spans="1:18">
+      <c r="A100">
+        <v>2022</v>
+      </c>
+      <c r="B100" t="s">
+        <v>155</v>
+      </c>
+      <c r="C100" t="s">
+        <v>164</v>
+      </c>
+      <c r="D100" t="s">
+        <v>165</v>
+      </c>
+      <c r="E100" t="s">
+        <v>18</v>
+      </c>
+      <c r="F100" t="s">
+        <v>33</v>
+      </c>
+      <c r="H100" t="s">
+        <v>202</v>
+      </c>
+      <c r="I100" t="s">
+        <v>88</v>
+      </c>
+      <c r="J100" t="s">
+        <v>68</v>
+      </c>
+      <c r="K100" t="s">
+        <v>156</v>
+      </c>
+      <c r="L100">
+        <v>1</v>
+      </c>
+      <c r="M100" t="s">
+        <v>157</v>
+      </c>
+      <c r="N100" t="s">
+        <v>49</v>
+      </c>
+      <c r="O100" t="s">
+        <v>158</v>
+      </c>
+      <c r="P100" t="s">
+        <v>159</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>203</v>
+      </c>
+      <c r="R100" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="101" spans="1:18">
+      <c r="A101">
+        <v>2022</v>
+      </c>
+      <c r="B101" t="s">
+        <v>155</v>
+      </c>
+      <c r="C101" t="s">
+        <v>164</v>
+      </c>
+      <c r="D101" t="s">
+        <v>166</v>
+      </c>
+      <c r="E101" t="s">
+        <v>18</v>
+      </c>
+      <c r="F101" t="s">
+        <v>33</v>
+      </c>
+      <c r="H101" t="s">
+        <v>202</v>
+      </c>
+      <c r="I101" t="s">
+        <v>88</v>
+      </c>
+      <c r="J101" t="s">
+        <v>68</v>
+      </c>
+      <c r="K101" t="s">
+        <v>156</v>
+      </c>
+      <c r="L101" t="s">
+        <v>147</v>
+      </c>
+      <c r="M101" t="s">
+        <v>157</v>
+      </c>
+      <c r="N101" t="s">
+        <v>49</v>
+      </c>
+      <c r="O101" t="s">
+        <v>158</v>
+      </c>
+      <c r="P101" t="s">
+        <v>159</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>203</v>
+      </c>
+      <c r="R101" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="102" spans="1:18">
+      <c r="A102">
+        <v>2022</v>
+      </c>
+      <c r="B102" t="s">
+        <v>155</v>
+      </c>
+      <c r="C102" t="s">
+        <v>164</v>
+      </c>
+      <c r="D102" t="s">
+        <v>167</v>
+      </c>
+      <c r="E102" t="s">
+        <v>18</v>
+      </c>
+      <c r="F102" t="s">
+        <v>33</v>
+      </c>
+      <c r="H102" t="s">
+        <v>202</v>
+      </c>
+      <c r="I102" t="s">
+        <v>88</v>
+      </c>
+      <c r="J102" t="s">
+        <v>68</v>
+      </c>
+      <c r="K102" t="s">
+        <v>156</v>
+      </c>
+      <c r="L102">
+        <v>3</v>
+      </c>
+      <c r="M102" t="s">
+        <v>157</v>
+      </c>
+      <c r="N102" t="s">
+        <v>49</v>
+      </c>
+      <c r="O102" t="s">
+        <v>158</v>
+      </c>
+      <c r="P102" t="s">
+        <v>159</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>203</v>
+      </c>
+      <c r="R102" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="103" spans="1:18">
+      <c r="A103">
+        <v>2022</v>
+      </c>
+      <c r="B103" t="s">
+        <v>112</v>
+      </c>
+      <c r="C103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" t="s">
+        <v>18</v>
+      </c>
+      <c r="F103" t="s">
+        <v>33</v>
+      </c>
+      <c r="H103" t="s">
+        <v>21</v>
+      </c>
+      <c r="I103" t="s">
+        <v>22</v>
+      </c>
+      <c r="J103" t="s">
+        <v>68</v>
+      </c>
+      <c r="K103" t="s">
+        <v>113</v>
+      </c>
+      <c r="L103">
+        <v>12.5</v>
+      </c>
+      <c r="M103" t="s">
+        <v>114</v>
+      </c>
+      <c r="N103" t="s">
+        <v>27</v>
+      </c>
+      <c r="O103" t="s">
+        <v>62</v>
+      </c>
+      <c r="P103" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>30</v>
+      </c>
+      <c r="R103" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="104" spans="1:18">
+      <c r="A104">
+        <v>2022</v>
+      </c>
+      <c r="B104" t="s">
+        <v>112</v>
+      </c>
+      <c r="C104" t="s">
+        <v>103</v>
+      </c>
+      <c r="D104" t="s">
+        <v>104</v>
+      </c>
+      <c r="E104" t="s">
+        <v>18</v>
+      </c>
+      <c r="F104" t="s">
+        <v>33</v>
+      </c>
+      <c r="H104" t="s">
+        <v>21</v>
+      </c>
+      <c r="I104" t="s">
+        <v>22</v>
+      </c>
+      <c r="J104" t="s">
+        <v>68</v>
+      </c>
+      <c r="K104" t="s">
+        <v>113</v>
+      </c>
+      <c r="L104">
+        <v>0</v>
+      </c>
+      <c r="M104" t="s">
+        <v>114</v>
+      </c>
+      <c r="N104" t="s">
+        <v>27</v>
+      </c>
+      <c r="O104" t="s">
+        <v>62</v>
+      </c>
+      <c r="P104" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>30</v>
+      </c>
+      <c r="R104" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="105" spans="1:18">
+      <c r="A105">
+        <v>2022</v>
+      </c>
+      <c r="B105" t="s">
+        <v>112</v>
+      </c>
+      <c r="C105" t="s">
+        <v>103</v>
+      </c>
+      <c r="D105" t="s">
+        <v>105</v>
+      </c>
+      <c r="E105" t="s">
+        <v>18</v>
+      </c>
+      <c r="F105" t="s">
+        <v>33</v>
+      </c>
+      <c r="H105" t="s">
+        <v>21</v>
+      </c>
+      <c r="I105" t="s">
+        <v>22</v>
+      </c>
+      <c r="J105" t="s">
+        <v>68</v>
+      </c>
+      <c r="K105" t="s">
+        <v>113</v>
+      </c>
+      <c r="L105">
+        <v>0</v>
+      </c>
+      <c r="M105" t="s">
+        <v>114</v>
+      </c>
+      <c r="N105" t="s">
+        <v>27</v>
+      </c>
+      <c r="O105" t="s">
+        <v>62</v>
+      </c>
+      <c r="P105" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>30</v>
+      </c>
+      <c r="R105" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="106" spans="1:18">
+      <c r="A106">
+        <v>2022</v>
+      </c>
+      <c r="B106" t="s">
+        <v>112</v>
+      </c>
+      <c r="C106" t="s">
+        <v>103</v>
+      </c>
+      <c r="D106" t="s">
+        <v>106</v>
+      </c>
+      <c r="E106" t="s">
+        <v>18</v>
+      </c>
+      <c r="F106" t="s">
+        <v>33</v>
+      </c>
+      <c r="H106" t="s">
+        <v>21</v>
+      </c>
+      <c r="I106" t="s">
+        <v>22</v>
+      </c>
+      <c r="J106" t="s">
+        <v>68</v>
+      </c>
+      <c r="K106" t="s">
+        <v>113</v>
+      </c>
+      <c r="L106">
+        <v>0</v>
+      </c>
+      <c r="M106" t="s">
+        <v>114</v>
+      </c>
+      <c r="N106" t="s">
+        <v>27</v>
+      </c>
+      <c r="O106" t="s">
+        <v>62</v>
+      </c>
+      <c r="P106" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>30</v>
+      </c>
+      <c r="R106" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="107" spans="1:18">
+      <c r="A107">
+        <v>2022</v>
+      </c>
+      <c r="B107" t="s">
+        <v>112</v>
+      </c>
+      <c r="C107" t="s">
+        <v>103</v>
+      </c>
+      <c r="D107" t="s">
+        <v>116</v>
+      </c>
+      <c r="E107" t="s">
+        <v>18</v>
+      </c>
+      <c r="F107" t="s">
+        <v>33</v>
+      </c>
+      <c r="H107" t="s">
+        <v>21</v>
+      </c>
+      <c r="I107" t="s">
+        <v>22</v>
+      </c>
+      <c r="J107" t="s">
+        <v>68</v>
+      </c>
+      <c r="K107" t="s">
+        <v>113</v>
+      </c>
+      <c r="L107">
+        <v>0</v>
+      </c>
+      <c r="M107" t="s">
+        <v>114</v>
+      </c>
+      <c r="N107" t="s">
+        <v>27</v>
+      </c>
+      <c r="O107" t="s">
+        <v>62</v>
+      </c>
+      <c r="P107" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>30</v>
+      </c>
+      <c r="R107" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="108" spans="1:18">
+      <c r="A108">
+        <v>2022</v>
+      </c>
+      <c r="B108" t="s">
+        <v>112</v>
+      </c>
+      <c r="C108" t="s">
+        <v>103</v>
+      </c>
+      <c r="D108" t="s">
+        <v>117</v>
+      </c>
+      <c r="E108" t="s">
+        <v>18</v>
+      </c>
+      <c r="F108" t="s">
+        <v>33</v>
+      </c>
+      <c r="H108" t="s">
+        <v>21</v>
+      </c>
+      <c r="I108" t="s">
+        <v>22</v>
+      </c>
+      <c r="J108" t="s">
+        <v>68</v>
+      </c>
+      <c r="K108" t="s">
+        <v>113</v>
+      </c>
+      <c r="L108">
+        <v>0</v>
+      </c>
+      <c r="M108" t="s">
+        <v>114</v>
+      </c>
+      <c r="N108" t="s">
+        <v>27</v>
+      </c>
+      <c r="O108" t="s">
+        <v>62</v>
+      </c>
+      <c r="P108" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>30</v>
+      </c>
+      <c r="R108" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="109" spans="1:18">
+      <c r="A109">
+        <v>2022</v>
+      </c>
+      <c r="B109" t="s">
+        <v>112</v>
+      </c>
+      <c r="C109" t="s">
+        <v>103</v>
+      </c>
+      <c r="D109" t="s">
+        <v>118</v>
+      </c>
+      <c r="E109" t="s">
+        <v>18</v>
+      </c>
+      <c r="F109" t="s">
+        <v>33</v>
+      </c>
+      <c r="H109" t="s">
+        <v>21</v>
+      </c>
+      <c r="I109" t="s">
+        <v>22</v>
+      </c>
+      <c r="J109" t="s">
+        <v>68</v>
+      </c>
+      <c r="K109" t="s">
+        <v>113</v>
+      </c>
+      <c r="L109">
+        <v>0</v>
+      </c>
+      <c r="M109" t="s">
+        <v>114</v>
+      </c>
+      <c r="N109" t="s">
+        <v>27</v>
+      </c>
+      <c r="O109" t="s">
+        <v>62</v>
+      </c>
+      <c r="P109" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q109" t="s">
+        <v>30</v>
+      </c>
+      <c r="R109" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="110" spans="1:18">
+      <c r="A110">
+        <v>2022</v>
+      </c>
+      <c r="B110" t="s">
+        <v>112</v>
+      </c>
+      <c r="C110" t="s">
+        <v>103</v>
+      </c>
+      <c r="D110" t="s">
+        <v>119</v>
+      </c>
+      <c r="E110" t="s">
+        <v>18</v>
+      </c>
+      <c r="F110" t="s">
+        <v>33</v>
+      </c>
+      <c r="H110" t="s">
+        <v>21</v>
+      </c>
+      <c r="I110" t="s">
+        <v>22</v>
+      </c>
+      <c r="J110" t="s">
+        <v>68</v>
+      </c>
+      <c r="K110" t="s">
+        <v>113</v>
+      </c>
+      <c r="L110">
+        <v>1</v>
+      </c>
+      <c r="M110" t="s">
+        <v>114</v>
+      </c>
+      <c r="N110" t="s">
+        <v>27</v>
+      </c>
+      <c r="O110" t="s">
+        <v>62</v>
+      </c>
+      <c r="P110" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>30</v>
+      </c>
+      <c r="R110" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="111" spans="1:18">
+      <c r="A111">
+        <v>2022</v>
+      </c>
+      <c r="B111" t="s">
+        <v>112</v>
+      </c>
+      <c r="C111" t="s">
+        <v>103</v>
+      </c>
+      <c r="D111" t="s">
+        <v>120</v>
+      </c>
+      <c r="E111" t="s">
+        <v>18</v>
+      </c>
+      <c r="F111" t="s">
+        <v>33</v>
+      </c>
+      <c r="H111" t="s">
+        <v>21</v>
+      </c>
+      <c r="I111" t="s">
+        <v>22</v>
+      </c>
+      <c r="J111" t="s">
+        <v>68</v>
+      </c>
+      <c r="K111" t="s">
+        <v>113</v>
+      </c>
+      <c r="L111">
+        <v>0</v>
+      </c>
+      <c r="M111" t="s">
+        <v>114</v>
+      </c>
+      <c r="N111" t="s">
+        <v>27</v>
+      </c>
+      <c r="O111" t="s">
+        <v>62</v>
+      </c>
+      <c r="P111" t="s">
+        <v>115</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>30</v>
+      </c>
+      <c r="R111" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="112" spans="1:18">
+      <c r="A112">
+        <v>2022</v>
+      </c>
+      <c r="B112" t="s">
+        <v>37</v>
+      </c>
+      <c r="C112" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" t="s">
+        <v>18</v>
+      </c>
+      <c r="F112" t="s">
+        <v>19</v>
+      </c>
+      <c r="G112" t="s">
+        <v>67</v>
+      </c>
+      <c r="H112" t="s">
+        <v>21</v>
+      </c>
+      <c r="I112" t="s">
+        <v>22</v>
+      </c>
+      <c r="J112" t="s">
+        <v>23</v>
+      </c>
+      <c r="K112" t="s">
+        <v>40</v>
+      </c>
+      <c r="L112" t="s">
+        <v>25</v>
+      </c>
+      <c r="M112" t="s">
+        <v>41</v>
+      </c>
+      <c r="N112" t="s">
+        <v>42</v>
+      </c>
+      <c r="O112" t="s">
+        <v>43</v>
+      </c>
+      <c r="P112" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>30</v>
+      </c>
+      <c r="R112" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="113" spans="1:18">
+      <c r="A113">
+        <v>2022</v>
+      </c>
+      <c r="B113" t="s">
+        <v>184</v>
+      </c>
+      <c r="C113" t="s">
+        <v>11</v>
+      </c>
+      <c r="E113" t="s">
+        <v>18</v>
+      </c>
+      <c r="F113" t="s">
+        <v>33</v>
+      </c>
+      <c r="H113" t="s">
+        <v>205</v>
+      </c>
+      <c r="I113" t="s">
+        <v>58</v>
+      </c>
+      <c r="J113" t="s">
+        <v>46</v>
+      </c>
+      <c r="K113" t="s">
+        <v>185</v>
+      </c>
+      <c r="L113">
+        <v>-0.86</v>
+      </c>
+      <c r="M113" t="s">
+        <v>48</v>
+      </c>
+      <c r="N113" t="s">
+        <v>82</v>
+      </c>
+      <c r="O113" t="s">
+        <v>186</v>
+      </c>
+      <c r="P113" t="s">
+        <v>187</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>193</v>
+      </c>
+      <c r="R113" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="114" spans="1:18">
+      <c r="A114">
+        <v>2022</v>
+      </c>
+      <c r="B114" t="s">
+        <v>184</v>
+      </c>
+      <c r="C114" t="s">
+        <v>35</v>
+      </c>
+      <c r="D114" t="s">
+        <v>36</v>
+      </c>
+      <c r="E114" t="s">
+        <v>18</v>
+      </c>
+      <c r="F114" t="s">
+        <v>33</v>
+      </c>
+      <c r="H114" t="s">
+        <v>205</v>
+      </c>
+      <c r="I114" t="s">
+        <v>58</v>
+      </c>
+      <c r="J114" t="s">
+        <v>46</v>
+      </c>
+      <c r="K114" t="s">
+        <v>185</v>
+      </c>
+      <c r="L114">
+        <v>-0.98</v>
+      </c>
+      <c r="M114" t="s">
+        <v>48</v>
+      </c>
+      <c r="N114" t="s">
+        <v>82</v>
+      </c>
+      <c r="O114" t="s">
+        <v>186</v>
+      </c>
+      <c r="P114" t="s">
+        <v>187</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>193</v>
+      </c>
+      <c r="R114" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="115" spans="1:18">
+      <c r="A115">
+        <v>2022</v>
+      </c>
+      <c r="B115" t="s">
+        <v>184</v>
+      </c>
+      <c r="C115" t="s">
+        <v>35</v>
+      </c>
+      <c r="D115" t="s">
+        <v>86</v>
+      </c>
+      <c r="E115" t="s">
+        <v>18</v>
+      </c>
+      <c r="F115" t="s">
+        <v>33</v>
+      </c>
+      <c r="H115" t="s">
+        <v>205</v>
+      </c>
+      <c r="I115" t="s">
+        <v>58</v>
+      </c>
+      <c r="J115" t="s">
+        <v>46</v>
+      </c>
+      <c r="K115" t="s">
+        <v>185</v>
+      </c>
+      <c r="L115">
+        <v>-0.04</v>
+      </c>
+      <c r="M115" t="s">
+        <v>48</v>
+      </c>
+      <c r="N115" t="s">
+        <v>82</v>
+      </c>
+      <c r="O115" t="s">
+        <v>186</v>
+      </c>
+      <c r="P115" t="s">
+        <v>187</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>193</v>
+      </c>
+      <c r="R115" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="116" spans="1:18">
+      <c r="A116">
+        <v>2022</v>
+      </c>
+      <c r="B116" t="s">
+        <v>184</v>
+      </c>
+      <c r="C116" t="s">
+        <v>35</v>
+      </c>
+      <c r="D116" t="s">
+        <v>52</v>
+      </c>
+      <c r="E116" t="s">
+        <v>18</v>
+      </c>
+      <c r="F116" t="s">
+        <v>33</v>
+      </c>
+      <c r="H116" t="s">
+        <v>205</v>
+      </c>
+      <c r="I116" t="s">
+        <v>58</v>
+      </c>
+      <c r="J116" t="s">
+        <v>46</v>
+      </c>
+      <c r="K116" t="s">
+        <v>185</v>
+      </c>
+      <c r="L116">
+        <v>95.37</v>
+      </c>
+      <c r="M116" t="s">
+        <v>48</v>
+      </c>
+      <c r="N116" t="s">
+        <v>82</v>
+      </c>
+      <c r="O116" t="s">
+        <v>186</v>
+      </c>
+      <c r="P116" t="s">
+        <v>187</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>193</v>
+      </c>
+      <c r="R116" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="117" spans="1:18">
+      <c r="A117">
+        <v>2022</v>
+      </c>
+      <c r="B117" t="s">
+        <v>184</v>
+      </c>
+      <c r="C117" t="s">
+        <v>35</v>
+      </c>
+      <c r="D117" t="s">
+        <v>53</v>
+      </c>
+      <c r="E117" t="s">
+        <v>18</v>
+      </c>
+      <c r="F117" t="s">
+        <v>33</v>
+      </c>
+      <c r="H117" t="s">
+        <v>205</v>
+      </c>
+      <c r="I117" t="s">
+        <v>58</v>
+      </c>
+      <c r="J117" t="s">
+        <v>46</v>
+      </c>
+      <c r="K117" t="s">
+        <v>185</v>
+      </c>
+      <c r="L117">
+        <v>0.0</v>
+      </c>
+      <c r="M117" t="s">
+        <v>48</v>
+      </c>
+      <c r="N117" t="s">
+        <v>82</v>
+      </c>
+      <c r="O117" t="s">
+        <v>186</v>
+      </c>
+      <c r="P117" t="s">
+        <v>187</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>193</v>
+      </c>
+      <c r="R117" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="118" spans="1:18">
+      <c r="A118">
+        <v>2022</v>
+      </c>
+      <c r="B118" t="s">
+        <v>56</v>
+      </c>
+      <c r="C118" t="s">
+        <v>11</v>
+      </c>
+      <c r="E118" t="s">
+        <v>18</v>
+      </c>
+      <c r="F118" t="s">
+        <v>33</v>
+      </c>
+      <c r="H118" t="s">
+        <v>207</v>
+      </c>
+      <c r="I118" t="s">
+        <v>88</v>
+      </c>
+      <c r="J118" t="s">
+        <v>23</v>
+      </c>
+      <c r="K118" t="s">
+        <v>59</v>
+      </c>
+      <c r="L118">
+        <v>-7.0E-5</v>
+      </c>
+      <c r="M118" t="s">
+        <v>60</v>
+      </c>
+      <c r="N118" t="s">
+        <v>42</v>
+      </c>
+      <c r="O118" t="s">
+        <v>62</v>
+      </c>
+      <c r="P118" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>64</v>
+      </c>
+      <c r="R118" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="119" spans="1:18">
+      <c r="A119">
+        <v>2022</v>
+      </c>
+      <c r="B119" t="s">
+        <v>56</v>
+      </c>
+      <c r="C119" t="s">
         <v>169</v>
       </c>
-      <c r="I76" t="s">
+      <c r="D119" t="s">
+        <v>170</v>
+      </c>
+      <c r="E119" t="s">
+        <v>18</v>
+      </c>
+      <c r="F119" t="s">
+        <v>33</v>
+      </c>
+      <c r="H119" t="s">
+        <v>207</v>
+      </c>
+      <c r="I119" t="s">
+        <v>88</v>
+      </c>
+      <c r="J119" t="s">
+        <v>23</v>
+      </c>
+      <c r="K119" t="s">
+        <v>59</v>
+      </c>
+      <c r="M119" t="s">
+        <v>60</v>
+      </c>
+      <c r="N119" t="s">
+        <v>42</v>
+      </c>
+      <c r="O119" t="s">
+        <v>62</v>
+      </c>
+      <c r="P119" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>64</v>
+      </c>
+      <c r="R119" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="120" spans="1:18">
+      <c r="A120">
+        <v>2022</v>
+      </c>
+      <c r="B120" t="s">
+        <v>56</v>
+      </c>
+      <c r="C120" t="s">
+        <v>169</v>
+      </c>
+      <c r="D120" t="s">
+        <v>208</v>
+      </c>
+      <c r="E120" t="s">
+        <v>18</v>
+      </c>
+      <c r="F120" t="s">
+        <v>33</v>
+      </c>
+      <c r="H120" t="s">
+        <v>207</v>
+      </c>
+      <c r="I120" t="s">
+        <v>88</v>
+      </c>
+      <c r="J120" t="s">
+        <v>23</v>
+      </c>
+      <c r="K120" t="s">
+        <v>59</v>
+      </c>
+      <c r="L120">
+        <v>-0.99871</v>
+      </c>
+      <c r="M120" t="s">
+        <v>60</v>
+      </c>
+      <c r="N120" t="s">
+        <v>42</v>
+      </c>
+      <c r="O120" t="s">
+        <v>62</v>
+      </c>
+      <c r="P120" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q120" t="s">
+        <v>64</v>
+      </c>
+      <c r="R120" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="121" spans="1:18">
+      <c r="A121">
+        <v>2022</v>
+      </c>
+      <c r="B121" t="s">
+        <v>56</v>
+      </c>
+      <c r="C121" t="s">
+        <v>11</v>
+      </c>
+      <c r="E121" t="s">
+        <v>18</v>
+      </c>
+      <c r="F121" t="s">
+        <v>33</v>
+      </c>
+      <c r="H121" t="s">
+        <v>209</v>
+      </c>
+      <c r="I121" t="s">
         <v>58</v>
       </c>
-      <c r="J76" t="s">
+      <c r="J121" t="s">
         <v>23</v>
       </c>
-      <c r="K76" t="s">
-[...2 lines deleted...]
-      <c r="L76">
+      <c r="K121" t="s">
+        <v>59</v>
+      </c>
+      <c r="L121">
+        <v>-0.99002</v>
+      </c>
+      <c r="M121" t="s">
+        <v>60</v>
+      </c>
+      <c r="N121" t="s">
+        <v>42</v>
+      </c>
+      <c r="O121" t="s">
+        <v>62</v>
+      </c>
+      <c r="P121" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>210</v>
+      </c>
+      <c r="R121" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="122" spans="1:18">
+      <c r="A122">
+        <v>2022</v>
+      </c>
+      <c r="B122" t="s">
+        <v>56</v>
+      </c>
+      <c r="C122" t="s">
+        <v>169</v>
+      </c>
+      <c r="D122" t="s">
+        <v>170</v>
+      </c>
+      <c r="E122" t="s">
+        <v>18</v>
+      </c>
+      <c r="F122" t="s">
+        <v>33</v>
+      </c>
+      <c r="H122" t="s">
+        <v>209</v>
+      </c>
+      <c r="I122" t="s">
+        <v>58</v>
+      </c>
+      <c r="J122" t="s">
+        <v>23</v>
+      </c>
+      <c r="K122" t="s">
+        <v>59</v>
+      </c>
+      <c r="L122">
+        <v>99.03375</v>
+      </c>
+      <c r="M122" t="s">
+        <v>60</v>
+      </c>
+      <c r="N122" t="s">
+        <v>42</v>
+      </c>
+      <c r="O122" t="s">
+        <v>62</v>
+      </c>
+      <c r="P122" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q122" t="s">
+        <v>210</v>
+      </c>
+      <c r="R122" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="123" spans="1:18">
+      <c r="A123">
+        <v>2022</v>
+      </c>
+      <c r="B123" t="s">
+        <v>139</v>
+      </c>
+      <c r="C123" t="s">
+        <v>11</v>
+      </c>
+      <c r="E123" t="s">
+        <v>18</v>
+      </c>
+      <c r="F123" t="s">
+        <v>33</v>
+      </c>
+      <c r="H123" t="s">
+        <v>202</v>
+      </c>
+      <c r="I123" t="s">
+        <v>88</v>
+      </c>
+      <c r="J123" t="s">
+        <v>108</v>
+      </c>
+      <c r="K123" t="s">
+        <v>109</v>
+      </c>
+      <c r="L123">
+        <v>0.01</v>
+      </c>
+      <c r="M123" t="s">
+        <v>140</v>
+      </c>
+      <c r="N123" t="s">
+        <v>211</v>
+      </c>
+      <c r="O123" t="s">
+        <v>110</v>
+      </c>
+      <c r="P123" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q123" t="s">
+        <v>203</v>
+      </c>
+      <c r="R123" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="124" spans="1:18">
+      <c r="A124">
+        <v>2022</v>
+      </c>
+      <c r="B124" t="s">
+        <v>139</v>
+      </c>
+      <c r="C124" t="s">
+        <v>212</v>
+      </c>
+      <c r="D124" t="s">
+        <v>213</v>
+      </c>
+      <c r="E124" t="s">
+        <v>18</v>
+      </c>
+      <c r="F124" t="s">
+        <v>33</v>
+      </c>
+      <c r="H124" t="s">
+        <v>202</v>
+      </c>
+      <c r="I124" t="s">
+        <v>88</v>
+      </c>
+      <c r="J124" t="s">
+        <v>108</v>
+      </c>
+      <c r="K124" t="s">
+        <v>109</v>
+      </c>
+      <c r="L124">
+        <v>0.1</v>
+      </c>
+      <c r="M124" t="s">
+        <v>140</v>
+      </c>
+      <c r="N124" t="s">
+        <v>211</v>
+      </c>
+      <c r="O124" t="s">
+        <v>110</v>
+      </c>
+      <c r="P124" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q124" t="s">
+        <v>203</v>
+      </c>
+      <c r="R124" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="125" spans="1:18">
+      <c r="A125">
+        <v>2022</v>
+      </c>
+      <c r="B125" t="s">
+        <v>214</v>
+      </c>
+      <c r="C125" t="s">
+        <v>11</v>
+      </c>
+      <c r="E125" t="s">
+        <v>18</v>
+      </c>
+      <c r="F125" t="s">
+        <v>33</v>
+      </c>
+      <c r="H125" t="s">
+        <v>215</v>
+      </c>
+      <c r="I125" t="s">
+        <v>216</v>
+      </c>
+      <c r="J125" t="s">
+        <v>23</v>
+      </c>
+      <c r="K125" t="s">
+        <v>217</v>
+      </c>
+      <c r="L125" t="s">
+        <v>25</v>
+      </c>
+      <c r="M125" t="s">
+        <v>218</v>
+      </c>
+      <c r="N125" t="s">
+        <v>197</v>
+      </c>
+      <c r="O125" t="s">
+        <v>110</v>
+      </c>
+      <c r="P125" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q125" t="s">
+        <v>220</v>
+      </c>
+      <c r="R125" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="126" spans="1:18">
+      <c r="A126">
+        <v>2022</v>
+      </c>
+      <c r="B126" t="s">
+        <v>37</v>
+      </c>
+      <c r="C126" t="s">
+        <v>11</v>
+      </c>
+      <c r="E126" t="s">
+        <v>18</v>
+      </c>
+      <c r="F126" t="s">
+        <v>33</v>
+      </c>
+      <c r="H126" t="s">
+        <v>222</v>
+      </c>
+      <c r="I126" t="s">
+        <v>22</v>
+      </c>
+      <c r="J126" t="s">
+        <v>23</v>
+      </c>
+      <c r="K126" t="s">
+        <v>40</v>
+      </c>
+      <c r="L126">
+        <v>0.05</v>
+      </c>
+      <c r="M126" t="s">
+        <v>41</v>
+      </c>
+      <c r="N126" t="s">
+        <v>223</v>
+      </c>
+      <c r="O126" t="s">
+        <v>43</v>
+      </c>
+      <c r="P126" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>210</v>
+      </c>
+      <c r="R126" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="127" spans="1:18">
+      <c r="A127">
+        <v>2022</v>
+      </c>
+      <c r="B127" t="s">
+        <v>90</v>
+      </c>
+      <c r="C127" t="s">
+        <v>11</v>
+      </c>
+      <c r="E127" t="s">
+        <v>18</v>
+      </c>
+      <c r="F127" t="s">
+        <v>33</v>
+      </c>
+      <c r="H127" t="s">
+        <v>225</v>
+      </c>
+      <c r="I127" t="s">
+        <v>39</v>
+      </c>
+      <c r="J127" t="s">
+        <v>23</v>
+      </c>
+      <c r="K127" t="s">
+        <v>24</v>
+      </c>
+      <c r="L127">
+        <v>234</v>
+      </c>
+      <c r="M127" t="s">
+        <v>26</v>
+      </c>
+      <c r="N127" t="s">
+        <v>226</v>
+      </c>
+      <c r="O127" t="s">
+        <v>28</v>
+      </c>
+      <c r="P127" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q127" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="128" spans="1:18">
+      <c r="A128">
+        <v>2022</v>
+      </c>
+      <c r="B128" t="s">
+        <v>95</v>
+      </c>
+      <c r="C128" t="s">
+        <v>11</v>
+      </c>
+      <c r="E128" t="s">
+        <v>18</v>
+      </c>
+      <c r="F128" t="s">
+        <v>33</v>
+      </c>
+      <c r="H128" t="s">
+        <v>227</v>
+      </c>
+      <c r="I128" t="s">
+        <v>80</v>
+      </c>
+      <c r="J128" t="s">
+        <v>23</v>
+      </c>
+      <c r="K128" t="s">
+        <v>40</v>
+      </c>
+      <c r="L128" t="s">
+        <v>228</v>
+      </c>
+      <c r="M128" t="s">
+        <v>41</v>
+      </c>
+      <c r="N128" t="s">
+        <v>27</v>
+      </c>
+      <c r="O128" t="s">
+        <v>43</v>
+      </c>
+      <c r="P128" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q128" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="129" spans="1:18">
+      <c r="A129">
+        <v>2022</v>
+      </c>
+      <c r="B129" t="s">
+        <v>125</v>
+      </c>
+      <c r="C129" t="s">
+        <v>11</v>
+      </c>
+      <c r="E129" t="s">
+        <v>18</v>
+      </c>
+      <c r="F129" t="s">
+        <v>33</v>
+      </c>
+      <c r="H129" t="s">
+        <v>230</v>
+      </c>
+      <c r="I129" t="s">
+        <v>58</v>
+      </c>
+      <c r="J129" t="s">
+        <v>23</v>
+      </c>
+      <c r="K129" t="s">
+        <v>59</v>
+      </c>
+      <c r="L129">
+        <v>785</v>
+      </c>
+      <c r="M129" t="s">
+        <v>125</v>
+      </c>
+      <c r="N129" t="s">
+        <v>27</v>
+      </c>
+      <c r="O129" t="s">
+        <v>62</v>
+      </c>
+      <c r="P129" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q129" t="s">
+        <v>30</v>
+      </c>
+      <c r="R129" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="130" spans="1:18">
+      <c r="A130">
+        <v>2022</v>
+      </c>
+      <c r="B130" t="s">
+        <v>95</v>
+      </c>
+      <c r="C130" t="s">
+        <v>11</v>
+      </c>
+      <c r="E130" t="s">
+        <v>18</v>
+      </c>
+      <c r="F130" t="s">
+        <v>33</v>
+      </c>
+      <c r="H130" t="s">
+        <v>231</v>
+      </c>
+      <c r="I130" t="s">
+        <v>58</v>
+      </c>
+      <c r="J130" t="s">
+        <v>23</v>
+      </c>
+      <c r="K130" t="s">
+        <v>40</v>
+      </c>
+      <c r="L130" t="s">
+        <v>232</v>
+      </c>
+      <c r="M130" t="s">
+        <v>41</v>
+      </c>
+      <c r="N130" t="s">
+        <v>27</v>
+      </c>
+      <c r="O130" t="s">
+        <v>43</v>
+      </c>
+      <c r="P130" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>64</v>
+      </c>
+      <c r="R130" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="131" spans="1:18">
+      <c r="A131">
+        <v>2022</v>
+      </c>
+      <c r="B131" t="s">
+        <v>17</v>
+      </c>
+      <c r="C131" t="s">
+        <v>11</v>
+      </c>
+      <c r="E131" t="s">
+        <v>18</v>
+      </c>
+      <c r="F131" t="s">
+        <v>33</v>
+      </c>
+      <c r="H131" t="s">
+        <v>234</v>
+      </c>
+      <c r="I131" t="s">
+        <v>58</v>
+      </c>
+      <c r="J131" t="s">
+        <v>23</v>
+      </c>
+      <c r="K131" t="s">
+        <v>24</v>
+      </c>
+      <c r="L131">
+        <v>54</v>
+      </c>
+      <c r="M131" t="s">
+        <v>26</v>
+      </c>
+      <c r="N131" t="s">
+        <v>235</v>
+      </c>
+      <c r="O131" t="s">
+        <v>28</v>
+      </c>
+      <c r="P131" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>64</v>
+      </c>
+      <c r="R131" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="132" spans="1:18">
+      <c r="A132">
+        <v>2022</v>
+      </c>
+      <c r="B132" t="s">
+        <v>214</v>
+      </c>
+      <c r="C132" t="s">
+        <v>11</v>
+      </c>
+      <c r="E132" t="s">
+        <v>18</v>
+      </c>
+      <c r="F132" t="s">
+        <v>19</v>
+      </c>
+      <c r="H132" t="s">
+        <v>21</v>
+      </c>
+      <c r="I132" t="s">
+        <v>22</v>
+      </c>
+      <c r="J132" t="s">
+        <v>23</v>
+      </c>
+      <c r="K132" t="s">
+        <v>217</v>
+      </c>
+      <c r="L132" t="s">
+        <v>25</v>
+      </c>
+      <c r="M132" t="s">
+        <v>218</v>
+      </c>
+      <c r="N132" t="s">
+        <v>27</v>
+      </c>
+      <c r="O132" t="s">
+        <v>110</v>
+      </c>
+      <c r="P132" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>30</v>
+      </c>
+      <c r="R132" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="133" spans="1:18">
+      <c r="A133">
+        <v>2022</v>
+      </c>
+      <c r="B133" t="s">
+        <v>126</v>
+      </c>
+      <c r="C133" t="s">
+        <v>11</v>
+      </c>
+      <c r="E133" t="s">
+        <v>18</v>
+      </c>
+      <c r="F133" t="s">
+        <v>33</v>
+      </c>
+      <c r="H133" t="s">
+        <v>236</v>
+      </c>
+      <c r="I133" t="s">
+        <v>88</v>
+      </c>
+      <c r="J133" t="s">
+        <v>23</v>
+      </c>
+      <c r="K133" t="s">
+        <v>59</v>
+      </c>
+      <c r="L133">
+        <v>57</v>
+      </c>
+      <c r="M133" t="s">
+        <v>41</v>
+      </c>
+      <c r="N133" t="s">
+        <v>27</v>
+      </c>
+      <c r="O133" t="s">
+        <v>62</v>
+      </c>
+      <c r="P133" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q133" t="s">
+        <v>64</v>
+      </c>
+      <c r="R133" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="134" spans="1:18">
+      <c r="A134">
+        <v>2022</v>
+      </c>
+      <c r="B134" t="s">
+        <v>135</v>
+      </c>
+      <c r="C134" t="s">
+        <v>11</v>
+      </c>
+      <c r="E134" t="s">
+        <v>18</v>
+      </c>
+      <c r="F134" t="s">
+        <v>33</v>
+      </c>
+      <c r="H134" t="s">
+        <v>236</v>
+      </c>
+      <c r="I134" t="s">
+        <v>88</v>
+      </c>
+      <c r="J134" t="s">
+        <v>108</v>
+      </c>
+      <c r="K134" t="s">
+        <v>136</v>
+      </c>
+      <c r="L134">
+        <v>1.03</v>
+      </c>
+      <c r="M134" t="s">
+        <v>41</v>
+      </c>
+      <c r="N134" t="s">
+        <v>27</v>
+      </c>
+      <c r="O134" t="s">
+        <v>62</v>
+      </c>
+      <c r="P134" t="s">
+        <v>137</v>
+      </c>
+      <c r="Q134" t="s">
+        <v>64</v>
+      </c>
+      <c r="R134" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="135" spans="1:18">
+      <c r="A135">
+        <v>2022</v>
+      </c>
+      <c r="B135" t="s">
+        <v>37</v>
+      </c>
+      <c r="C135" t="s">
+        <v>11</v>
+      </c>
+      <c r="E135" t="s">
+        <v>18</v>
+      </c>
+      <c r="F135" t="s">
+        <v>33</v>
+      </c>
+      <c r="H135" t="s">
+        <v>236</v>
+      </c>
+      <c r="I135" t="s">
+        <v>88</v>
+      </c>
+      <c r="J135" t="s">
+        <v>23</v>
+      </c>
+      <c r="K135" t="s">
+        <v>40</v>
+      </c>
+      <c r="L135">
+        <v>0.36</v>
+      </c>
+      <c r="M135" t="s">
+        <v>41</v>
+      </c>
+      <c r="N135" t="s">
+        <v>223</v>
+      </c>
+      <c r="O135" t="s">
+        <v>43</v>
+      </c>
+      <c r="P135" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q135" t="s">
+        <v>64</v>
+      </c>
+      <c r="R135" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="136" spans="1:18">
+      <c r="A136">
+        <v>2022</v>
+      </c>
+      <c r="B136" t="s">
+        <v>125</v>
+      </c>
+      <c r="C136" t="s">
+        <v>11</v>
+      </c>
+      <c r="E136" t="s">
+        <v>18</v>
+      </c>
+      <c r="F136" t="s">
+        <v>33</v>
+      </c>
+      <c r="H136" t="s">
+        <v>236</v>
+      </c>
+      <c r="I136" t="s">
+        <v>88</v>
+      </c>
+      <c r="J136" t="s">
+        <v>23</v>
+      </c>
+      <c r="K136" t="s">
+        <v>59</v>
+      </c>
+      <c r="L136">
+        <v>245</v>
+      </c>
+      <c r="M136" t="s">
+        <v>125</v>
+      </c>
+      <c r="N136" t="s">
+        <v>27</v>
+      </c>
+      <c r="O136" t="s">
+        <v>62</v>
+      </c>
+      <c r="P136" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q136" t="s">
+        <v>64</v>
+      </c>
+      <c r="R136" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="137" spans="1:18">
+      <c r="A137">
+        <v>2022</v>
+      </c>
+      <c r="B137" t="s">
+        <v>17</v>
+      </c>
+      <c r="C137" t="s">
+        <v>11</v>
+      </c>
+      <c r="E137" t="s">
+        <v>18</v>
+      </c>
+      <c r="F137" t="s">
+        <v>33</v>
+      </c>
+      <c r="H137" t="s">
+        <v>87</v>
+      </c>
+      <c r="I137" t="s">
+        <v>88</v>
+      </c>
+      <c r="J137" t="s">
+        <v>23</v>
+      </c>
+      <c r="K137" t="s">
+        <v>24</v>
+      </c>
+      <c r="L137">
+        <v>1</v>
+      </c>
+      <c r="M137" t="s">
+        <v>26</v>
+      </c>
+      <c r="N137" t="s">
+        <v>238</v>
+      </c>
+      <c r="O137" t="s">
+        <v>28</v>
+      </c>
+      <c r="P137" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="138" spans="1:18">
+      <c r="A138">
+        <v>2022</v>
+      </c>
+      <c r="B138" t="s">
+        <v>17</v>
+      </c>
+      <c r="C138" t="s">
+        <v>239</v>
+      </c>
+      <c r="D138" t="s">
+        <v>239</v>
+      </c>
+      <c r="E138" t="s">
+        <v>18</v>
+      </c>
+      <c r="F138" t="s">
+        <v>33</v>
+      </c>
+      <c r="H138" t="s">
+        <v>87</v>
+      </c>
+      <c r="I138" t="s">
+        <v>88</v>
+      </c>
+      <c r="J138" t="s">
+        <v>23</v>
+      </c>
+      <c r="K138" t="s">
+        <v>24</v>
+      </c>
+      <c r="L138">
+        <v>11</v>
+      </c>
+      <c r="M138" t="s">
+        <v>26</v>
+      </c>
+      <c r="N138" t="s">
+        <v>238</v>
+      </c>
+      <c r="O138" t="s">
+        <v>28</v>
+      </c>
+      <c r="P138" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="139" spans="1:18">
+      <c r="A139">
+        <v>2022</v>
+      </c>
+      <c r="B139" t="s">
+        <v>56</v>
+      </c>
+      <c r="C139" t="s">
+        <v>11</v>
+      </c>
+      <c r="E139" t="s">
+        <v>18</v>
+      </c>
+      <c r="F139" t="s">
+        <v>33</v>
+      </c>
+      <c r="H139" t="s">
+        <v>192</v>
+      </c>
+      <c r="I139" t="s">
+        <v>88</v>
+      </c>
+      <c r="J139" t="s">
+        <v>23</v>
+      </c>
+      <c r="K139" t="s">
+        <v>59</v>
+      </c>
+      <c r="L139">
+        <v>2.71429</v>
+      </c>
+      <c r="M139" t="s">
+        <v>60</v>
+      </c>
+      <c r="N139" t="s">
+        <v>223</v>
+      </c>
+      <c r="O139" t="s">
+        <v>62</v>
+      </c>
+      <c r="P139" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q139" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="140" spans="1:18">
+      <c r="A140">
+        <v>2022</v>
+      </c>
+      <c r="B140" t="s">
+        <v>37</v>
+      </c>
+      <c r="C140" t="s">
+        <v>11</v>
+      </c>
+      <c r="E140" t="s">
+        <v>18</v>
+      </c>
+      <c r="F140" t="s">
+        <v>33</v>
+      </c>
+      <c r="H140" t="s">
+        <v>202</v>
+      </c>
+      <c r="I140" t="s">
+        <v>88</v>
+      </c>
+      <c r="J140" t="s">
+        <v>23</v>
+      </c>
+      <c r="K140" t="s">
+        <v>40</v>
+      </c>
+      <c r="L140">
+        <v>0.64</v>
+      </c>
+      <c r="M140" t="s">
+        <v>41</v>
+      </c>
+      <c r="N140" t="s">
+        <v>42</v>
+      </c>
+      <c r="O140" t="s">
+        <v>43</v>
+      </c>
+      <c r="P140" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q140" t="s">
+        <v>203</v>
+      </c>
+      <c r="R140" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="141" spans="1:18">
+      <c r="A141">
+        <v>2022</v>
+      </c>
+      <c r="B141" t="s">
+        <v>37</v>
+      </c>
+      <c r="C141" t="s">
+        <v>76</v>
+      </c>
+      <c r="D141" t="s">
+        <v>77</v>
+      </c>
+      <c r="E141" t="s">
+        <v>18</v>
+      </c>
+      <c r="F141" t="s">
+        <v>33</v>
+      </c>
+      <c r="H141" t="s">
+        <v>202</v>
+      </c>
+      <c r="I141" t="s">
+        <v>88</v>
+      </c>
+      <c r="J141" t="s">
+        <v>23</v>
+      </c>
+      <c r="K141" t="s">
+        <v>40</v>
+      </c>
+      <c r="L141">
+        <v>0.75</v>
+      </c>
+      <c r="M141" t="s">
+        <v>41</v>
+      </c>
+      <c r="N141" t="s">
+        <v>42</v>
+      </c>
+      <c r="O141" t="s">
+        <v>43</v>
+      </c>
+      <c r="P141" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q141" t="s">
+        <v>203</v>
+      </c>
+      <c r="R141" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="142" spans="1:18">
+      <c r="A142">
+        <v>2022</v>
+      </c>
+      <c r="B142" t="s">
+        <v>37</v>
+      </c>
+      <c r="C142" t="s">
+        <v>76</v>
+      </c>
+      <c r="D142" t="s">
+        <v>89</v>
+      </c>
+      <c r="E142" t="s">
+        <v>18</v>
+      </c>
+      <c r="F142" t="s">
+        <v>33</v>
+      </c>
+      <c r="H142" t="s">
+        <v>202</v>
+      </c>
+      <c r="I142" t="s">
+        <v>88</v>
+      </c>
+      <c r="J142" t="s">
+        <v>23</v>
+      </c>
+      <c r="K142" t="s">
+        <v>40</v>
+      </c>
+      <c r="L142">
+        <v>0.4</v>
+      </c>
+      <c r="M142" t="s">
+        <v>41</v>
+      </c>
+      <c r="N142" t="s">
+        <v>42</v>
+      </c>
+      <c r="O142" t="s">
+        <v>43</v>
+      </c>
+      <c r="P142" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q142" t="s">
+        <v>203</v>
+      </c>
+      <c r="R142" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="143" spans="1:18">
+      <c r="A143">
+        <v>2022</v>
+      </c>
+      <c r="B143" t="s">
+        <v>214</v>
+      </c>
+      <c r="C143" t="s">
+        <v>11</v>
+      </c>
+      <c r="E143" t="s">
+        <v>18</v>
+      </c>
+      <c r="F143" t="s">
+        <v>33</v>
+      </c>
+      <c r="H143" t="s">
+        <v>202</v>
+      </c>
+      <c r="I143" t="s">
+        <v>88</v>
+      </c>
+      <c r="J143" t="s">
+        <v>23</v>
+      </c>
+      <c r="K143" t="s">
+        <v>217</v>
+      </c>
+      <c r="L143">
+        <v>71</v>
+      </c>
+      <c r="M143" t="s">
+        <v>218</v>
+      </c>
+      <c r="N143" t="s">
+        <v>240</v>
+      </c>
+      <c r="O143" t="s">
+        <v>110</v>
+      </c>
+      <c r="P143" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q143" t="s">
+        <v>203</v>
+      </c>
+      <c r="R143" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="144" spans="1:18">
+      <c r="A144">
+        <v>2022</v>
+      </c>
+      <c r="B144" t="s">
+        <v>214</v>
+      </c>
+      <c r="C144" t="s">
+        <v>103</v>
+      </c>
+      <c r="D144" t="s">
+        <v>104</v>
+      </c>
+      <c r="E144" t="s">
+        <v>18</v>
+      </c>
+      <c r="F144" t="s">
+        <v>33</v>
+      </c>
+      <c r="H144" t="s">
+        <v>202</v>
+      </c>
+      <c r="I144" t="s">
+        <v>88</v>
+      </c>
+      <c r="J144" t="s">
+        <v>23</v>
+      </c>
+      <c r="K144" t="s">
+        <v>217</v>
+      </c>
+      <c r="L144">
+        <v>1</v>
+      </c>
+      <c r="M144" t="s">
+        <v>218</v>
+      </c>
+      <c r="N144" t="s">
+        <v>240</v>
+      </c>
+      <c r="O144" t="s">
+        <v>110</v>
+      </c>
+      <c r="P144" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q144" t="s">
+        <v>203</v>
+      </c>
+      <c r="R144" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="145" spans="1:18">
+      <c r="A145">
+        <v>2022</v>
+      </c>
+      <c r="B145" t="s">
+        <v>214</v>
+      </c>
+      <c r="C145" t="s">
+        <v>103</v>
+      </c>
+      <c r="D145" t="s">
+        <v>105</v>
+      </c>
+      <c r="E145" t="s">
+        <v>18</v>
+      </c>
+      <c r="F145" t="s">
+        <v>33</v>
+      </c>
+      <c r="H145" t="s">
+        <v>202</v>
+      </c>
+      <c r="I145" t="s">
+        <v>88</v>
+      </c>
+      <c r="J145" t="s">
+        <v>23</v>
+      </c>
+      <c r="K145" t="s">
+        <v>217</v>
+      </c>
+      <c r="L145">
+        <v>1</v>
+      </c>
+      <c r="M145" t="s">
+        <v>218</v>
+      </c>
+      <c r="N145" t="s">
+        <v>240</v>
+      </c>
+      <c r="O145" t="s">
+        <v>110</v>
+      </c>
+      <c r="P145" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q145" t="s">
+        <v>203</v>
+      </c>
+      <c r="R145" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="146" spans="1:18">
+      <c r="A146">
+        <v>2022</v>
+      </c>
+      <c r="B146" t="s">
+        <v>214</v>
+      </c>
+      <c r="C146" t="s">
+        <v>103</v>
+      </c>
+      <c r="D146" t="s">
+        <v>106</v>
+      </c>
+      <c r="E146" t="s">
+        <v>18</v>
+      </c>
+      <c r="F146" t="s">
+        <v>33</v>
+      </c>
+      <c r="H146" t="s">
+        <v>202</v>
+      </c>
+      <c r="I146" t="s">
+        <v>88</v>
+      </c>
+      <c r="J146" t="s">
+        <v>23</v>
+      </c>
+      <c r="K146" t="s">
+        <v>217</v>
+      </c>
+      <c r="L146">
+        <v>1</v>
+      </c>
+      <c r="M146" t="s">
+        <v>218</v>
+      </c>
+      <c r="N146" t="s">
+        <v>240</v>
+      </c>
+      <c r="O146" t="s">
+        <v>110</v>
+      </c>
+      <c r="P146" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q146" t="s">
+        <v>203</v>
+      </c>
+      <c r="R146" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="147" spans="1:18">
+      <c r="A147">
+        <v>2022</v>
+      </c>
+      <c r="B147" t="s">
+        <v>214</v>
+      </c>
+      <c r="C147" t="s">
+        <v>103</v>
+      </c>
+      <c r="D147" t="s">
+        <v>116</v>
+      </c>
+      <c r="E147" t="s">
+        <v>18</v>
+      </c>
+      <c r="F147" t="s">
+        <v>33</v>
+      </c>
+      <c r="H147" t="s">
+        <v>202</v>
+      </c>
+      <c r="I147" t="s">
+        <v>88</v>
+      </c>
+      <c r="J147" t="s">
+        <v>23</v>
+      </c>
+      <c r="K147" t="s">
+        <v>217</v>
+      </c>
+      <c r="L147">
+        <v>0</v>
+      </c>
+      <c r="M147" t="s">
+        <v>218</v>
+      </c>
+      <c r="N147" t="s">
+        <v>240</v>
+      </c>
+      <c r="O147" t="s">
+        <v>110</v>
+      </c>
+      <c r="P147" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q147" t="s">
+        <v>203</v>
+      </c>
+      <c r="R147" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="148" spans="1:18">
+      <c r="A148">
+        <v>2022</v>
+      </c>
+      <c r="B148" t="s">
+        <v>214</v>
+      </c>
+      <c r="C148" t="s">
+        <v>103</v>
+      </c>
+      <c r="D148" t="s">
+        <v>117</v>
+      </c>
+      <c r="E148" t="s">
+        <v>18</v>
+      </c>
+      <c r="F148" t="s">
+        <v>33</v>
+      </c>
+      <c r="H148" t="s">
+        <v>202</v>
+      </c>
+      <c r="I148" t="s">
+        <v>88</v>
+      </c>
+      <c r="J148" t="s">
+        <v>23</v>
+      </c>
+      <c r="K148" t="s">
+        <v>217</v>
+      </c>
+      <c r="L148">
+        <v>1</v>
+      </c>
+      <c r="M148" t="s">
+        <v>218</v>
+      </c>
+      <c r="N148" t="s">
+        <v>240</v>
+      </c>
+      <c r="O148" t="s">
+        <v>110</v>
+      </c>
+      <c r="P148" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q148" t="s">
+        <v>203</v>
+      </c>
+      <c r="R148" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="149" spans="1:18">
+      <c r="A149">
+        <v>2022</v>
+      </c>
+      <c r="B149" t="s">
+        <v>214</v>
+      </c>
+      <c r="C149" t="s">
+        <v>103</v>
+      </c>
+      <c r="D149" t="s">
+        <v>118</v>
+      </c>
+      <c r="E149" t="s">
+        <v>18</v>
+      </c>
+      <c r="F149" t="s">
+        <v>33</v>
+      </c>
+      <c r="H149" t="s">
+        <v>202</v>
+      </c>
+      <c r="I149" t="s">
+        <v>88</v>
+      </c>
+      <c r="J149" t="s">
+        <v>23</v>
+      </c>
+      <c r="K149" t="s">
+        <v>217</v>
+      </c>
+      <c r="L149">
+        <v>0</v>
+      </c>
+      <c r="M149" t="s">
+        <v>218</v>
+      </c>
+      <c r="N149" t="s">
+        <v>240</v>
+      </c>
+      <c r="O149" t="s">
+        <v>110</v>
+      </c>
+      <c r="P149" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q149" t="s">
+        <v>203</v>
+      </c>
+      <c r="R149" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="150" spans="1:18">
+      <c r="A150">
+        <v>2022</v>
+      </c>
+      <c r="B150" t="s">
+        <v>214</v>
+      </c>
+      <c r="C150" t="s">
+        <v>103</v>
+      </c>
+      <c r="D150" t="s">
+        <v>119</v>
+      </c>
+      <c r="E150" t="s">
+        <v>18</v>
+      </c>
+      <c r="F150" t="s">
+        <v>33</v>
+      </c>
+      <c r="H150" t="s">
+        <v>202</v>
+      </c>
+      <c r="I150" t="s">
+        <v>88</v>
+      </c>
+      <c r="J150" t="s">
+        <v>23</v>
+      </c>
+      <c r="K150" t="s">
+        <v>217</v>
+      </c>
+      <c r="L150">
+        <v>1</v>
+      </c>
+      <c r="M150" t="s">
+        <v>218</v>
+      </c>
+      <c r="N150" t="s">
+        <v>240</v>
+      </c>
+      <c r="O150" t="s">
+        <v>110</v>
+      </c>
+      <c r="P150" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q150" t="s">
+        <v>203</v>
+      </c>
+      <c r="R150" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="151" spans="1:18">
+      <c r="A151">
+        <v>2022</v>
+      </c>
+      <c r="B151" t="s">
+        <v>214</v>
+      </c>
+      <c r="C151" t="s">
+        <v>145</v>
+      </c>
+      <c r="D151" t="s">
+        <v>149</v>
+      </c>
+      <c r="E151" t="s">
+        <v>18</v>
+      </c>
+      <c r="F151" t="s">
+        <v>33</v>
+      </c>
+      <c r="H151" t="s">
+        <v>202</v>
+      </c>
+      <c r="I151" t="s">
+        <v>88</v>
+      </c>
+      <c r="J151" t="s">
+        <v>23</v>
+      </c>
+      <c r="K151" t="s">
+        <v>217</v>
+      </c>
+      <c r="L151">
+        <v>57</v>
+      </c>
+      <c r="M151" t="s">
+        <v>218</v>
+      </c>
+      <c r="N151" t="s">
+        <v>240</v>
+      </c>
+      <c r="O151" t="s">
+        <v>110</v>
+      </c>
+      <c r="P151" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q151" t="s">
+        <v>203</v>
+      </c>
+      <c r="R151" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="152" spans="1:18">
+      <c r="A152">
+        <v>2022</v>
+      </c>
+      <c r="B152" t="s">
+        <v>214</v>
+      </c>
+      <c r="C152" t="s">
+        <v>145</v>
+      </c>
+      <c r="D152" t="s">
+        <v>152</v>
+      </c>
+      <c r="E152" t="s">
+        <v>18</v>
+      </c>
+      <c r="F152" t="s">
+        <v>33</v>
+      </c>
+      <c r="H152" t="s">
+        <v>202</v>
+      </c>
+      <c r="I152" t="s">
+        <v>88</v>
+      </c>
+      <c r="J152" t="s">
+        <v>23</v>
+      </c>
+      <c r="K152" t="s">
+        <v>217</v>
+      </c>
+      <c r="L152">
+        <v>43</v>
+      </c>
+      <c r="M152" t="s">
+        <v>218</v>
+      </c>
+      <c r="N152" t="s">
+        <v>240</v>
+      </c>
+      <c r="O152" t="s">
+        <v>110</v>
+      </c>
+      <c r="P152" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q152" t="s">
+        <v>203</v>
+      </c>
+      <c r="R152" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="153" spans="1:18">
+      <c r="A153">
+        <v>2022</v>
+      </c>
+      <c r="B153" t="s">
+        <v>214</v>
+      </c>
+      <c r="C153" t="s">
+        <v>145</v>
+      </c>
+      <c r="D153" t="s">
+        <v>153</v>
+      </c>
+      <c r="E153" t="s">
+        <v>18</v>
+      </c>
+      <c r="F153" t="s">
+        <v>33</v>
+      </c>
+      <c r="H153" t="s">
+        <v>202</v>
+      </c>
+      <c r="I153" t="s">
+        <v>88</v>
+      </c>
+      <c r="J153" t="s">
+        <v>23</v>
+      </c>
+      <c r="K153" t="s">
+        <v>217</v>
+      </c>
+      <c r="L153">
+        <v>57</v>
+      </c>
+      <c r="M153" t="s">
+        <v>218</v>
+      </c>
+      <c r="N153" t="s">
+        <v>240</v>
+      </c>
+      <c r="O153" t="s">
+        <v>110</v>
+      </c>
+      <c r="P153" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q153" t="s">
+        <v>203</v>
+      </c>
+      <c r="R153" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="154" spans="1:18">
+      <c r="A154">
+        <v>2022</v>
+      </c>
+      <c r="B154" t="s">
+        <v>214</v>
+      </c>
+      <c r="C154" t="s">
+        <v>145</v>
+      </c>
+      <c r="D154" t="s">
+        <v>154</v>
+      </c>
+      <c r="E154" t="s">
+        <v>18</v>
+      </c>
+      <c r="F154" t="s">
+        <v>33</v>
+      </c>
+      <c r="H154" t="s">
+        <v>202</v>
+      </c>
+      <c r="I154" t="s">
+        <v>88</v>
+      </c>
+      <c r="J154" t="s">
+        <v>23</v>
+      </c>
+      <c r="K154" t="s">
+        <v>217</v>
+      </c>
+      <c r="L154">
+        <v>14</v>
+      </c>
+      <c r="M154" t="s">
+        <v>218</v>
+      </c>
+      <c r="N154" t="s">
+        <v>240</v>
+      </c>
+      <c r="O154" t="s">
+        <v>110</v>
+      </c>
+      <c r="P154" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q154" t="s">
+        <v>203</v>
+      </c>
+      <c r="R154" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="155" spans="1:18">
+      <c r="A155">
+        <v>2022</v>
+      </c>
+      <c r="B155" t="s">
+        <v>45</v>
+      </c>
+      <c r="C155" t="s">
+        <v>11</v>
+      </c>
+      <c r="E155" t="s">
+        <v>18</v>
+      </c>
+      <c r="F155" t="s">
+        <v>33</v>
+      </c>
+      <c r="H155" t="s">
+        <v>202</v>
+      </c>
+      <c r="I155" t="s">
+        <v>88</v>
+      </c>
+      <c r="J155" t="s">
+        <v>46</v>
+      </c>
+      <c r="K155" t="s">
+        <v>47</v>
+      </c>
+      <c r="L155">
+        <v>1</v>
+      </c>
+      <c r="M155" t="s">
+        <v>48</v>
+      </c>
+      <c r="N155" t="s">
+        <v>199</v>
+      </c>
+      <c r="O155" t="s">
+        <v>50</v>
+      </c>
+      <c r="P155" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q155" t="s">
+        <v>203</v>
+      </c>
+      <c r="R155" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="156" spans="1:18">
+      <c r="A156">
+        <v>2022</v>
+      </c>
+      <c r="B156" t="s">
+        <v>45</v>
+      </c>
+      <c r="C156" t="s">
+        <v>54</v>
+      </c>
+      <c r="D156" t="s">
+        <v>55</v>
+      </c>
+      <c r="E156" t="s">
+        <v>18</v>
+      </c>
+      <c r="F156" t="s">
+        <v>33</v>
+      </c>
+      <c r="H156" t="s">
+        <v>202</v>
+      </c>
+      <c r="I156" t="s">
+        <v>88</v>
+      </c>
+      <c r="J156" t="s">
+        <v>46</v>
+      </c>
+      <c r="K156" t="s">
+        <v>47</v>
+      </c>
+      <c r="L156">
+        <v>0</v>
+      </c>
+      <c r="M156" t="s">
+        <v>48</v>
+      </c>
+      <c r="N156" t="s">
+        <v>199</v>
+      </c>
+      <c r="O156" t="s">
+        <v>50</v>
+      </c>
+      <c r="P156" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q156" t="s">
+        <v>203</v>
+      </c>
+      <c r="R156" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="157" spans="1:18">
+      <c r="A157">
+        <v>2022</v>
+      </c>
+      <c r="B157" t="s">
+        <v>45</v>
+      </c>
+      <c r="C157" t="s">
+        <v>54</v>
+      </c>
+      <c r="D157" t="s">
+        <v>241</v>
+      </c>
+      <c r="E157" t="s">
+        <v>18</v>
+      </c>
+      <c r="F157" t="s">
+        <v>33</v>
+      </c>
+      <c r="H157" t="s">
+        <v>202</v>
+      </c>
+      <c r="I157" t="s">
+        <v>88</v>
+      </c>
+      <c r="J157" t="s">
+        <v>46</v>
+      </c>
+      <c r="K157" t="s">
+        <v>47</v>
+      </c>
+      <c r="L157">
+        <v>5</v>
+      </c>
+      <c r="M157" t="s">
+        <v>48</v>
+      </c>
+      <c r="N157" t="s">
+        <v>199</v>
+      </c>
+      <c r="O157" t="s">
+        <v>50</v>
+      </c>
+      <c r="P157" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q157" t="s">
+        <v>203</v>
+      </c>
+      <c r="R157" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="158" spans="1:18">
+      <c r="A158">
+        <v>2022</v>
+      </c>
+      <c r="B158" t="s">
+        <v>17</v>
+      </c>
+      <c r="C158" t="s">
+        <v>11</v>
+      </c>
+      <c r="E158" t="s">
+        <v>18</v>
+      </c>
+      <c r="F158" t="s">
+        <v>33</v>
+      </c>
+      <c r="H158" t="s">
+        <v>200</v>
+      </c>
+      <c r="I158" t="s">
+        <v>88</v>
+      </c>
+      <c r="J158" t="s">
+        <v>23</v>
+      </c>
+      <c r="K158" t="s">
+        <v>24</v>
+      </c>
+      <c r="L158">
+        <v>27</v>
+      </c>
+      <c r="M158" t="s">
+        <v>26</v>
+      </c>
+      <c r="N158" t="s">
+        <v>91</v>
+      </c>
+      <c r="O158" t="s">
+        <v>28</v>
+      </c>
+      <c r="P158" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q158" t="s">
+        <v>64</v>
+      </c>
+      <c r="R158" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="159" spans="1:18">
+      <c r="A159">
+        <v>2022</v>
+      </c>
+      <c r="B159" t="s">
+        <v>17</v>
+      </c>
+      <c r="C159" t="s">
+        <v>92</v>
+      </c>
+      <c r="D159" t="s">
+        <v>93</v>
+      </c>
+      <c r="E159" t="s">
+        <v>18</v>
+      </c>
+      <c r="F159" t="s">
+        <v>33</v>
+      </c>
+      <c r="H159" t="s">
+        <v>200</v>
+      </c>
+      <c r="I159" t="s">
+        <v>88</v>
+      </c>
+      <c r="J159" t="s">
+        <v>23</v>
+      </c>
+      <c r="K159" t="s">
+        <v>24</v>
+      </c>
+      <c r="L159">
+        <v>78</v>
+      </c>
+      <c r="M159" t="s">
+        <v>26</v>
+      </c>
+      <c r="N159" t="s">
+        <v>91</v>
+      </c>
+      <c r="O159" t="s">
+        <v>28</v>
+      </c>
+      <c r="P159" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q159" t="s">
+        <v>64</v>
+      </c>
+      <c r="R159" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="160" spans="1:18">
+      <c r="A160">
+        <v>2022</v>
+      </c>
+      <c r="B160" t="s">
+        <v>95</v>
+      </c>
+      <c r="C160" t="s">
+        <v>11</v>
+      </c>
+      <c r="E160" t="s">
+        <v>18</v>
+      </c>
+      <c r="F160" t="s">
+        <v>19</v>
+      </c>
+      <c r="H160" t="s">
+        <v>21</v>
+      </c>
+      <c r="I160" t="s">
+        <v>22</v>
+      </c>
+      <c r="J160" t="s">
+        <v>23</v>
+      </c>
+      <c r="K160" t="s">
+        <v>40</v>
+      </c>
+      <c r="L160" t="s">
+        <v>25</v>
+      </c>
+      <c r="M160" t="s">
+        <v>41</v>
+      </c>
+      <c r="N160" t="s">
+        <v>242</v>
+      </c>
+      <c r="O160" t="s">
+        <v>43</v>
+      </c>
+      <c r="P160" t="s">
+        <v>44</v>
+      </c>
+      <c r="Q160" t="s">
+        <v>30</v>
+      </c>
+      <c r="R160" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="161" spans="1:18">
+      <c r="A161">
+        <v>2022</v>
+      </c>
+      <c r="B161" t="s">
+        <v>139</v>
+      </c>
+      <c r="C161" t="s">
+        <v>11</v>
+      </c>
+      <c r="E161" t="s">
+        <v>18</v>
+      </c>
+      <c r="F161" t="s">
+        <v>33</v>
+      </c>
+      <c r="H161" t="s">
+        <v>200</v>
+      </c>
+      <c r="I161" t="s">
+        <v>88</v>
+      </c>
+      <c r="J161" t="s">
+        <v>108</v>
+      </c>
+      <c r="K161" t="s">
+        <v>109</v>
+      </c>
+      <c r="L161">
+        <v>0.42</v>
+      </c>
+      <c r="M161" t="s">
+        <v>140</v>
+      </c>
+      <c r="N161" t="s">
+        <v>243</v>
+      </c>
+      <c r="O161" t="s">
+        <v>110</v>
+      </c>
+      <c r="P161" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>64</v>
+      </c>
+      <c r="R161" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="162" spans="1:18">
+      <c r="A162">
+        <v>2022</v>
+      </c>
+      <c r="B162" t="s">
+        <v>17</v>
+      </c>
+      <c r="C162" t="s">
+        <v>11</v>
+      </c>
+      <c r="E162" t="s">
+        <v>18</v>
+      </c>
+      <c r="F162" t="s">
+        <v>33</v>
+      </c>
+      <c r="H162" t="s">
+        <v>202</v>
+      </c>
+      <c r="I162" t="s">
+        <v>88</v>
+      </c>
+      <c r="J162" t="s">
+        <v>23</v>
+      </c>
+      <c r="K162" t="s">
+        <v>24</v>
+      </c>
+      <c r="L162">
+        <v>1</v>
+      </c>
+      <c r="M162" t="s">
+        <v>26</v>
+      </c>
+      <c r="N162" t="s">
+        <v>197</v>
+      </c>
+      <c r="O162" t="s">
+        <v>28</v>
+      </c>
+      <c r="P162" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q162" t="s">
+        <v>203</v>
+      </c>
+      <c r="R162" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="163" spans="1:18">
+      <c r="A163">
+        <v>2022</v>
+      </c>
+      <c r="B163" t="s">
+        <v>32</v>
+      </c>
+      <c r="C163" t="s">
+        <v>11</v>
+      </c>
+      <c r="E163" t="s">
+        <v>18</v>
+      </c>
+      <c r="F163" t="s">
+        <v>33</v>
+      </c>
+      <c r="H163" t="s">
+        <v>202</v>
+      </c>
+      <c r="I163" t="s">
+        <v>88</v>
+      </c>
+      <c r="J163" t="s">
+        <v>23</v>
+      </c>
+      <c r="K163" t="s">
+        <v>24</v>
+      </c>
+      <c r="L163">
+        <v>1</v>
+      </c>
+      <c r="M163" t="s">
+        <v>26</v>
+      </c>
+      <c r="N163" t="s">
+        <v>197</v>
+      </c>
+      <c r="O163" t="s">
+        <v>28</v>
+      </c>
+      <c r="P163" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q163" t="s">
+        <v>203</v>
+      </c>
+      <c r="R163" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="164" spans="1:18">
+      <c r="A164">
+        <v>2022</v>
+      </c>
+      <c r="B164" t="s">
+        <v>72</v>
+      </c>
+      <c r="C164" t="s">
+        <v>11</v>
+      </c>
+      <c r="E164" t="s">
+        <v>18</v>
+      </c>
+      <c r="F164" t="s">
+        <v>19</v>
+      </c>
+      <c r="H164" t="s">
+        <v>192</v>
+      </c>
+      <c r="I164" t="s">
+        <v>88</v>
+      </c>
+      <c r="J164" t="s">
+        <v>23</v>
+      </c>
+      <c r="K164" t="s">
+        <v>73</v>
+      </c>
+      <c r="L164" t="s">
+        <v>25</v>
+      </c>
+      <c r="M164" t="s">
+        <v>41</v>
+      </c>
+      <c r="N164" t="s">
+        <v>27</v>
+      </c>
+      <c r="O164" t="s">
+        <v>74</v>
+      </c>
+      <c r="P164" t="s">
+        <v>75</v>
+      </c>
+      <c r="Q164" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="165" spans="1:18">
+      <c r="A165">
+        <v>2022</v>
+      </c>
+      <c r="B165" t="s">
+        <v>96</v>
+      </c>
+      <c r="C165" t="s">
+        <v>11</v>
+      </c>
+      <c r="E165" t="s">
+        <v>18</v>
+      </c>
+      <c r="F165" t="s">
+        <v>19</v>
+      </c>
+      <c r="H165" t="s">
+        <v>244</v>
+      </c>
+      <c r="I165" t="s">
+        <v>58</v>
+      </c>
+      <c r="J165" t="s">
+        <v>23</v>
+      </c>
+      <c r="K165" t="s">
+        <v>97</v>
+      </c>
+      <c r="L165" t="s">
+        <v>25</v>
+      </c>
+      <c r="M165" t="s">
+        <v>41</v>
+      </c>
+      <c r="N165" t="s">
+        <v>27</v>
+      </c>
+      <c r="O165" t="s">
+        <v>83</v>
+      </c>
+      <c r="P165" t="s">
+        <v>100</v>
+      </c>
+      <c r="Q165" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="166" spans="1:18">
+      <c r="A166">
+        <v>2022</v>
+      </c>
+      <c r="B166" t="s">
+        <v>90</v>
+      </c>
+      <c r="C166" t="s">
+        <v>11</v>
+      </c>
+      <c r="E166" t="s">
+        <v>18</v>
+      </c>
+      <c r="F166" t="s">
+        <v>19</v>
+      </c>
+      <c r="H166" t="s">
+        <v>244</v>
+      </c>
+      <c r="I166" t="s">
+        <v>58</v>
+      </c>
+      <c r="J166" t="s">
+        <v>23</v>
+      </c>
+      <c r="K166" t="s">
+        <v>24</v>
+      </c>
+      <c r="L166" t="s">
+        <v>25</v>
+      </c>
+      <c r="M166" t="s">
+        <v>26</v>
+      </c>
+      <c r="N166" t="s">
+        <v>27</v>
+      </c>
+      <c r="O166" t="s">
+        <v>28</v>
+      </c>
+      <c r="P166" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q166" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="167" spans="1:18">
+      <c r="A167">
+        <v>2022</v>
+      </c>
+      <c r="B167" t="s">
+        <v>131</v>
+      </c>
+      <c r="C167" t="s">
+        <v>11</v>
+      </c>
+      <c r="E167" t="s">
+        <v>18</v>
+      </c>
+      <c r="F167" t="s">
+        <v>33</v>
+      </c>
+      <c r="H167" t="s">
+        <v>244</v>
+      </c>
+      <c r="I167" t="s">
+        <v>58</v>
+      </c>
+      <c r="J167" t="s">
+        <v>23</v>
+      </c>
+      <c r="K167" t="s">
+        <v>128</v>
+      </c>
+      <c r="L167">
         <v>255</v>
       </c>
-      <c r="M76" t="s">
+      <c r="M167" t="s">
         <v>26</v>
       </c>
-      <c r="N76" t="s">
+      <c r="N167" t="s">
         <v>27</v>
       </c>
-      <c r="O76" t="s">
-[...6 lines deleted...]
-        <v>170</v>
+      <c r="O167" t="s">
+        <v>129</v>
+      </c>
+      <c r="P167" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q167" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="168" spans="1:18">
+      <c r="A168">
+        <v>2030</v>
+      </c>
+      <c r="B168" t="s">
+        <v>214</v>
+      </c>
+      <c r="C168" t="s">
+        <v>11</v>
+      </c>
+      <c r="E168" t="s">
+        <v>18</v>
+      </c>
+      <c r="F168" t="s">
+        <v>19</v>
+      </c>
+      <c r="H168" t="s">
+        <v>245</v>
+      </c>
+      <c r="I168" t="s">
+        <v>58</v>
+      </c>
+      <c r="J168" t="s">
+        <v>23</v>
+      </c>
+      <c r="K168" t="s">
+        <v>217</v>
+      </c>
+      <c r="L168" t="s">
+        <v>25</v>
+      </c>
+      <c r="M168" t="s">
+        <v>218</v>
+      </c>
+      <c r="N168" t="s">
+        <v>27</v>
+      </c>
+      <c r="O168" t="s">
+        <v>110</v>
+      </c>
+      <c r="P168" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q168" t="s">
+        <v>193</v>
+      </c>
+      <c r="R168" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="169" spans="1:18">
+      <c r="A169">
+        <v>2030</v>
+      </c>
+      <c r="B169" t="s">
+        <v>37</v>
+      </c>
+      <c r="C169" t="s">
+        <v>11</v>
+      </c>
+      <c r="E169" t="s">
+        <v>18</v>
+      </c>
+      <c r="F169" t="s">
+        <v>33</v>
+      </c>
+      <c r="H169" t="s">
+        <v>87</v>
+      </c>
+      <c r="I169" t="s">
+        <v>88</v>
+      </c>
+      <c r="J169" t="s">
+        <v>23</v>
+      </c>
+      <c r="K169" t="s">
+        <v>40</v>
+      </c>
+      <c r="L169">
+        <v>0.42</v>
+      </c>
+      <c r="M169" t="s">
+        <v>41</v>
+      </c>
+      <c r="N169" t="s">
+        <v>223</v>
+      </c>
+      <c r="O169" t="s">
+        <v>43</v>
+      </c>
+      <c r="P169" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="170" spans="1:18">
+      <c r="A170">
+        <v>2030</v>
+      </c>
+      <c r="B170" t="s">
+        <v>32</v>
+      </c>
+      <c r="C170" t="s">
+        <v>11</v>
+      </c>
+      <c r="E170" t="s">
+        <v>18</v>
+      </c>
+      <c r="F170" t="s">
+        <v>19</v>
+      </c>
+      <c r="H170" t="s">
+        <v>87</v>
+      </c>
+      <c r="I170" t="s">
+        <v>88</v>
+      </c>
+      <c r="J170" t="s">
+        <v>23</v>
+      </c>
+      <c r="K170" t="s">
+        <v>24</v>
+      </c>
+      <c r="L170" t="s">
+        <v>25</v>
+      </c>
+      <c r="M170" t="s">
+        <v>26</v>
+      </c>
+      <c r="N170" t="s">
+        <v>27</v>
+      </c>
+      <c r="O170" t="s">
+        <v>28</v>
+      </c>
+      <c r="P170" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="171" spans="1:18">
+      <c r="A171">
+        <v>2030</v>
+      </c>
+      <c r="B171" t="s">
+        <v>214</v>
+      </c>
+      <c r="C171" t="s">
+        <v>11</v>
+      </c>
+      <c r="E171" t="s">
+        <v>18</v>
+      </c>
+      <c r="F171" t="s">
+        <v>19</v>
+      </c>
+      <c r="H171" t="s">
+        <v>246</v>
+      </c>
+      <c r="I171" t="s">
+        <v>88</v>
+      </c>
+      <c r="J171" t="s">
+        <v>23</v>
+      </c>
+      <c r="K171" t="s">
+        <v>217</v>
+      </c>
+      <c r="L171" t="s">
+        <v>25</v>
+      </c>
+      <c r="M171" t="s">
+        <v>218</v>
+      </c>
+      <c r="N171" t="s">
+        <v>27</v>
+      </c>
+      <c r="O171" t="s">
+        <v>110</v>
+      </c>
+      <c r="P171" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q171" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="172" spans="1:18">
+      <c r="A172">
+        <v>2030</v>
+      </c>
+      <c r="B172" t="s">
+        <v>214</v>
+      </c>
+      <c r="C172" t="s">
+        <v>11</v>
+      </c>
+      <c r="E172" t="s">
+        <v>18</v>
+      </c>
+      <c r="F172" t="s">
+        <v>33</v>
+      </c>
+      <c r="H172" t="s">
+        <v>87</v>
+      </c>
+      <c r="I172" t="s">
+        <v>88</v>
+      </c>
+      <c r="J172" t="s">
+        <v>23</v>
+      </c>
+      <c r="K172" t="s">
+        <v>217</v>
+      </c>
+      <c r="L172">
+        <v>71</v>
+      </c>
+      <c r="M172" t="s">
+        <v>218</v>
+      </c>
+      <c r="N172" t="s">
+        <v>197</v>
+      </c>
+      <c r="O172" t="s">
+        <v>110</v>
+      </c>
+      <c r="P172" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="173" spans="1:18">
+      <c r="A173">
+        <v>2030</v>
+      </c>
+      <c r="B173" t="s">
+        <v>214</v>
+      </c>
+      <c r="C173" t="s">
+        <v>103</v>
+      </c>
+      <c r="D173" t="s">
+        <v>104</v>
+      </c>
+      <c r="E173" t="s">
+        <v>18</v>
+      </c>
+      <c r="F173" t="s">
+        <v>33</v>
+      </c>
+      <c r="H173" t="s">
+        <v>87</v>
+      </c>
+      <c r="I173" t="s">
+        <v>88</v>
+      </c>
+      <c r="J173" t="s">
+        <v>23</v>
+      </c>
+      <c r="K173" t="s">
+        <v>217</v>
+      </c>
+      <c r="L173">
+        <v>1</v>
+      </c>
+      <c r="M173" t="s">
+        <v>218</v>
+      </c>
+      <c r="N173" t="s">
+        <v>197</v>
+      </c>
+      <c r="O173" t="s">
+        <v>110</v>
+      </c>
+      <c r="P173" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="174" spans="1:18">
+      <c r="A174">
+        <v>2030</v>
+      </c>
+      <c r="B174" t="s">
+        <v>214</v>
+      </c>
+      <c r="C174" t="s">
+        <v>103</v>
+      </c>
+      <c r="D174" t="s">
+        <v>105</v>
+      </c>
+      <c r="E174" t="s">
+        <v>18</v>
+      </c>
+      <c r="F174" t="s">
+        <v>33</v>
+      </c>
+      <c r="H174" t="s">
+        <v>87</v>
+      </c>
+      <c r="I174" t="s">
+        <v>88</v>
+      </c>
+      <c r="J174" t="s">
+        <v>23</v>
+      </c>
+      <c r="K174" t="s">
+        <v>217</v>
+      </c>
+      <c r="L174">
+        <v>1</v>
+      </c>
+      <c r="M174" t="s">
+        <v>218</v>
+      </c>
+      <c r="N174" t="s">
+        <v>197</v>
+      </c>
+      <c r="O174" t="s">
+        <v>110</v>
+      </c>
+      <c r="P174" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="175" spans="1:18">
+      <c r="A175">
+        <v>2030</v>
+      </c>
+      <c r="B175" t="s">
+        <v>214</v>
+      </c>
+      <c r="C175" t="s">
+        <v>103</v>
+      </c>
+      <c r="D175" t="s">
+        <v>106</v>
+      </c>
+      <c r="E175" t="s">
+        <v>18</v>
+      </c>
+      <c r="F175" t="s">
+        <v>33</v>
+      </c>
+      <c r="H175" t="s">
+        <v>87</v>
+      </c>
+      <c r="I175" t="s">
+        <v>88</v>
+      </c>
+      <c r="J175" t="s">
+        <v>23</v>
+      </c>
+      <c r="K175" t="s">
+        <v>217</v>
+      </c>
+      <c r="L175">
+        <v>1</v>
+      </c>
+      <c r="M175" t="s">
+        <v>218</v>
+      </c>
+      <c r="N175" t="s">
+        <v>197</v>
+      </c>
+      <c r="O175" t="s">
+        <v>110</v>
+      </c>
+      <c r="P175" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="176" spans="1:18">
+      <c r="A176">
+        <v>2030</v>
+      </c>
+      <c r="B176" t="s">
+        <v>214</v>
+      </c>
+      <c r="C176" t="s">
+        <v>103</v>
+      </c>
+      <c r="D176" t="s">
+        <v>116</v>
+      </c>
+      <c r="E176" t="s">
+        <v>18</v>
+      </c>
+      <c r="F176" t="s">
+        <v>33</v>
+      </c>
+      <c r="H176" t="s">
+        <v>87</v>
+      </c>
+      <c r="I176" t="s">
+        <v>88</v>
+      </c>
+      <c r="J176" t="s">
+        <v>23</v>
+      </c>
+      <c r="K176" t="s">
+        <v>217</v>
+      </c>
+      <c r="L176">
+        <v>1</v>
+      </c>
+      <c r="M176" t="s">
+        <v>218</v>
+      </c>
+      <c r="N176" t="s">
+        <v>197</v>
+      </c>
+      <c r="O176" t="s">
+        <v>110</v>
+      </c>
+      <c r="P176" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="177" spans="1:18">
+      <c r="A177">
+        <v>2030</v>
+      </c>
+      <c r="B177" t="s">
+        <v>214</v>
+      </c>
+      <c r="C177" t="s">
+        <v>103</v>
+      </c>
+      <c r="D177" t="s">
+        <v>117</v>
+      </c>
+      <c r="E177" t="s">
+        <v>18</v>
+      </c>
+      <c r="F177" t="s">
+        <v>33</v>
+      </c>
+      <c r="H177" t="s">
+        <v>87</v>
+      </c>
+      <c r="I177" t="s">
+        <v>88</v>
+      </c>
+      <c r="J177" t="s">
+        <v>23</v>
+      </c>
+      <c r="K177" t="s">
+        <v>217</v>
+      </c>
+      <c r="L177">
+        <v>1</v>
+      </c>
+      <c r="M177" t="s">
+        <v>218</v>
+      </c>
+      <c r="N177" t="s">
+        <v>197</v>
+      </c>
+      <c r="O177" t="s">
+        <v>110</v>
+      </c>
+      <c r="P177" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="178" spans="1:18">
+      <c r="A178">
+        <v>2030</v>
+      </c>
+      <c r="B178" t="s">
+        <v>214</v>
+      </c>
+      <c r="C178" t="s">
+        <v>103</v>
+      </c>
+      <c r="D178" t="s">
+        <v>118</v>
+      </c>
+      <c r="E178" t="s">
+        <v>18</v>
+      </c>
+      <c r="F178" t="s">
+        <v>33</v>
+      </c>
+      <c r="H178" t="s">
+        <v>87</v>
+      </c>
+      <c r="I178" t="s">
+        <v>88</v>
+      </c>
+      <c r="J178" t="s">
+        <v>23</v>
+      </c>
+      <c r="K178" t="s">
+        <v>217</v>
+      </c>
+      <c r="L178">
+        <v>0</v>
+      </c>
+      <c r="M178" t="s">
+        <v>218</v>
+      </c>
+      <c r="N178" t="s">
+        <v>197</v>
+      </c>
+      <c r="O178" t="s">
+        <v>110</v>
+      </c>
+      <c r="P178" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="179" spans="1:18">
+      <c r="A179">
+        <v>2030</v>
+      </c>
+      <c r="B179" t="s">
+        <v>214</v>
+      </c>
+      <c r="C179" t="s">
+        <v>103</v>
+      </c>
+      <c r="D179" t="s">
+        <v>119</v>
+      </c>
+      <c r="E179" t="s">
+        <v>18</v>
+      </c>
+      <c r="F179" t="s">
+        <v>33</v>
+      </c>
+      <c r="H179" t="s">
+        <v>87</v>
+      </c>
+      <c r="I179" t="s">
+        <v>88</v>
+      </c>
+      <c r="J179" t="s">
+        <v>23</v>
+      </c>
+      <c r="K179" t="s">
+        <v>217</v>
+      </c>
+      <c r="L179">
+        <v>0</v>
+      </c>
+      <c r="M179" t="s">
+        <v>218</v>
+      </c>
+      <c r="N179" t="s">
+        <v>197</v>
+      </c>
+      <c r="O179" t="s">
+        <v>110</v>
+      </c>
+      <c r="P179" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="180" spans="1:18">
+      <c r="A180">
+        <v>2030</v>
+      </c>
+      <c r="B180" t="s">
+        <v>126</v>
+      </c>
+      <c r="C180" t="s">
+        <v>11</v>
+      </c>
+      <c r="E180" t="s">
+        <v>18</v>
+      </c>
+      <c r="F180" t="s">
+        <v>33</v>
+      </c>
+      <c r="H180" t="s">
+        <v>87</v>
+      </c>
+      <c r="I180" t="s">
+        <v>88</v>
+      </c>
+      <c r="J180" t="s">
+        <v>23</v>
+      </c>
+      <c r="K180" t="s">
+        <v>59</v>
+      </c>
+      <c r="L180">
+        <v>25</v>
+      </c>
+      <c r="M180" t="s">
+        <v>41</v>
+      </c>
+      <c r="N180" t="s">
+        <v>27</v>
+      </c>
+      <c r="O180" t="s">
+        <v>62</v>
+      </c>
+      <c r="P180" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">